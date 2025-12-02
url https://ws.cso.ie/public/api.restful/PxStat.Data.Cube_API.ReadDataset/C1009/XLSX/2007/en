--- v0 (2025-10-02)
+++ v1 (2025-12-02)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red53c7c181f04b65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a18e864ac27c4faeabf3175c2286804a.psmdcp" Id="R0c2f51ec43df4560" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f8fc8f67d054d6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4c988dba96d14ff589c1da65008b4f64.psmdcp" Id="R311918f181374cf3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1009</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1009/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P10</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 10 - Education and Qualifications</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -496,379 +496,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02728V03296" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Socio Economic Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Labour Force" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L397" totalsRowShown="0">
   <x:autoFilter ref="A1:L397"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02757V03327"/>
     <x:tableColumn id="4" name="Highest Level of Education Completed"/>
     <x:tableColumn id="5" name="C02728V03296"/>
     <x:tableColumn id="6" name="Socio Economic Group"/>
     <x:tableColumn id="7" name="C02704V03272"/>
     <x:tableColumn id="8" name="Labour Force"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1141,51 +936,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1009/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1372,51 +1167,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L397"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="44.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="40.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="48.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -16494,51 +16289,51 @@
       <x:c r="I397" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L397" s="0">
         <x:v>15495</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16555,51 +16350,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L397" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1009"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02757V03327">
       <x:sharedItems count="11">
         <x:s v="-2"/>
         <x:s v="-"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="09"/>
         <x:s v="10"/>
         <x:s v="98"/>
         <x:s v="-1"/>
         <x:s v="19"/>
         <x:s v="20"/>
@@ -17029,27 +16824,5572 @@
         <x:n v="17070"/>
         <x:n v="1224"/>
         <x:n v="39926"/>
         <x:n v="2327"/>
         <x:n v="20733"/>
         <x:n v="2578"/>
         <x:n v="18118"/>
         <x:n v="1829"/>
         <x:n v="9381"/>
         <x:n v="1294"/>
         <x:n v="3956"/>
         <x:n v="867"/>
         <x:n v="2654"/>
         <x:n v="980"/>
         <x:n v="1462"/>
         <x:n v="208"/>
         <x:n v="38383"/>
         <x:n v="15495"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375399"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2109498"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1265901"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="458866"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299565"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159301"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185470"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136284"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49186"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354676"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255243"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99433"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="650248"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493626"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156622"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363020"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="250088"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112932"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299008"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214273"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84735"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138302"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88476"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49826"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148453"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100277"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48176"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147555"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72652"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74903"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24896"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14708"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10188"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="604905"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184306"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420599"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2850333"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1963850"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="886483"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="385254"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287981"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97273"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157136"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127101"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30035"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300994"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239397"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61597"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="552541"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="456027"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96514"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="320154"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231933"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88221"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260427"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197984"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62443"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121122"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80389"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40733"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133586"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97188"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36398"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134826"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70978"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63848"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22406"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13454"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8952"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="461887"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161418"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300469"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="514085"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184198"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329887"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30387"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13327"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17060"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1833"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11333"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3481"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7852"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53570"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23708"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29862"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64422"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26602"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37820"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61831"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30524"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31307"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47935"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21791"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26144"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23724"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12672"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11052"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54594"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21886"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32708"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8890"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3076"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5814"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155566"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26899"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128667"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="573411"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="385103"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188308"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66978"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44864"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22114"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3955"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2845"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19861"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10938"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8923"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107961"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82533"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25428"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94681"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71755"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22926"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74389"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59212"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15177"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35009"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27290"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7719"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40103"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29679"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10424"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35222"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21316"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13906"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5427"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3833"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1594"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89825"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32573"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57252"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="803498"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="616422"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187076"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127609"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93408"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34201"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11862"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4999"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6863"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48423"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34871"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13552"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224049"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194503"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29546"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121828"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102330"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19498"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83658"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72919"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10739"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27144"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22820"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4324"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44423"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34152"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10271"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28611"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17515"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11096"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5143"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4231"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80748"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34674"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46074"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301327"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="250473"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50854"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58047"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47943"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10104"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17033"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12416"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4617"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62207"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51516"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10691"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83148"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78263"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4885"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18838"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15770"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3068"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17423"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15523"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1900"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3299"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2726"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12300"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10080"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2220"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8720"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6100"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2620"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19091"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9102"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9989"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="527775"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="460413"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67362"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97397"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85557"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11840"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121351"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107773"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13578"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155775"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136674"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19101"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74539"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70596"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3943"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12572"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10738"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1834"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16841"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15623"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3638"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3257"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10937"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9329"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4299"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2886"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29451"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17114"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12337"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130237"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67241"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62996"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4836"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2882"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1954"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3395"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1917"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9274"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6424"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2850"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7813"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4738"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3075"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6285"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4183"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2102"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4097"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2505"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2099"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3380"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2105"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87206"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41056"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46150"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525066"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145648"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379418"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73612"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11584"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62028"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28334"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9183"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19151"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53682"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15846"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37836"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97707"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37599"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60108"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42866"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18155"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24711"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38581"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16289"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22292"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17180"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8087"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9093"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14867"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3089"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11778"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12729"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1674"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11055"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2490"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143018"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22888"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120130"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349596"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349596"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59966"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59966"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18193"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18193"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36612"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36612"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57781"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57781"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22133"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22133"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20463"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20463"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7799"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7799"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10911"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10911"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10075"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10075"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104635"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104635"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175470"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145648"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29822"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13646"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11584"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2062"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10141"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9183"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17070"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15846"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39926"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37599"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2327"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20733"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18155"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2578"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18118"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16289"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9381"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8087"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3956"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3089"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2654"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1674"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38383"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22888"/>
+  </r>
+  <r>
+    <s v="C1009"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15495"/>
+  </r>
+</pivotCacheRecords>
 </file>