--- v1 (2025-12-02)
+++ v2 (2026-02-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f8fc8f67d054d6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4c988dba96d14ff589c1da65008b4f64.psmdcp" Id="R311918f181374cf3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R700e3965ab054850" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2feed6b52ec040b896175e45d10368d5.psmdcp" Id="Rfa1c6a69bcb2484b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>