--- v2 (2026-02-06)
+++ v3 (2026-03-24)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R700e3965ab054850" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2feed6b52ec040b896175e45d10368d5.psmdcp" Id="Rfa1c6a69bcb2484b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2536cd85d14d4325" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2f6181a61f02403b8a839f33a678749c.psmdcp" Id="R965f100d9c0f4382" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>