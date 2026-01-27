--- v0 (2025-10-02)
+++ v1 (2026-01-27)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4f97f92c620487f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/88cfc52904e94c72a1285b5ebe9e4ecb.psmdcp" Id="Rbd6ccac428a74656" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re63645eff7544b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ed41cd29ae02405f8320ff35ee3ed8ed.psmdcp" Id="R9f8d2e5163604864" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1007</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged 15 Years and Over in the Labour Force</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1007/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P10</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 10 - Education and Qualifications</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -592,491 +592,202 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...439 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02702V03270" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L757" totalsRowShown="0">
   <x:autoFilter ref="A1:L757"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02757V03327"/>
     <x:tableColumn id="6" name="Highest Level of Education Completed"/>
     <x:tableColumn id="7" name="C02702V03270"/>
     <x:tableColumn id="8" name="Intermediate Occupational Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1349,51 +1060,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1007/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1580,51 +1291,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L757"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="50.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="43.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="55.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -30382,51 +30093,51 @@
       <x:c r="I757" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J757" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K757" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L757" s="0">
         <x:v>66502</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -30443,51 +30154,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L757" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1007"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged 15 Years and Over in the Labour Force"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -31316,27 +31027,10612 @@
         <x:n v="1959"/>
         <x:n v="774"/>
         <x:n v="6977"/>
         <x:n v="8905"/>
         <x:n v="2262"/>
         <x:n v="643"/>
         <x:n v="791"/>
         <x:n v="5914"/>
         <x:n v="1094"/>
         <x:n v="52"/>
         <x:n v="1228"/>
         <x:n v="12436"/>
         <x:n v="2887"/>
         <x:n v="858"/>
         <x:n v="12458"/>
         <x:n v="63527"/>
         <x:n v="2975"/>
         <x:n v="66502"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88414"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38375"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79385"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7416"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26076"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19268"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74714"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183429"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125398"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114919"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182200"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205102"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79062"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45588"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58978"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93065"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17694"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3902"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42289"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205197"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80898"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58072"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12325"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7442"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230918"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2080126"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29372"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2109498"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85525"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35676"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74316"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7007"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23670"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18252"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69761"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171279"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121305"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109266"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172811"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189953"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74829"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42746"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55763"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85210"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16181"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3682"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39767"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185964"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76762"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56415"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11587"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6864"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205744"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1940335"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23515"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1963850"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25337"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5293"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1954"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3983"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1853"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9827"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24415"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2746"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17876"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3836"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13952"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1855"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23622"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39040"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181637"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2561"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184198"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25620"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5521"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20763"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2452"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7845"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5232"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22969"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57823"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11411"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36238"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22290"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44581"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1792"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1824"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4636"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3594"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46966"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5409"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2110"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46450"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379222"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5881"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="385103"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21976"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20566"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36665"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1926"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8871"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7788"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26502"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63128"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33601"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38513"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78255"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79729"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11286"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6855"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6525"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9784"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1815"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9129"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64689"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24606"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4630"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2527"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46432"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="607848"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8574"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="616422"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7176"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4675"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6773"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1780"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4754"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9524"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22617"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8147"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35201"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23981"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9227"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8024"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12422"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23966"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2921"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8311"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25206"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4981"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11043"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3883"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11943"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249104"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="250473"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3694"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3644"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3650"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4335"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12519"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50125"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6508"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31689"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24867"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51790"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25625"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34289"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44067"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9751"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2766"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17238"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21409"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68965"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13463"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2491"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19896"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="456234"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4179"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="460413"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1722"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3870"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1984"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1540"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2843"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4072"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41983"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66290"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67241"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2889"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2699"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5069"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2406"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4953"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12150"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4093"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5653"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9389"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15149"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4233"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2842"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3215"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7855"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1513"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2522"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19233"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4136"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1657"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25174"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139791"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5857"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145648"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80117"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37038"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77456"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3257"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19208"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13488"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55514"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178929"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72590"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102400"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31089"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94445"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41448"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33191"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45301"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19753"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4761"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3106"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22605"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64783"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23379"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24800"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10026"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7042"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131713"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1197439"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16428"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1213867"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77832"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34447"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72542"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3085"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17560"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12824"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51981"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167189"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70456"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97521"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28677"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88201"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39477"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30992"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42877"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17812"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4342"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2938"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21311"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57986"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22130"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24001"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9477"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6520"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118997"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1121175"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13546"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1134721"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24164"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5155"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2988"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8034"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24161"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2185"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16947"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6834"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8159"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22061"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129027"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1728"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130755"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23940"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5394"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20315"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5874"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3675"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18133"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57287"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7585"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33712"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2970"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19377"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2411"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13659"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2783"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2072"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26532"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252347"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3746"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="256093"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19157"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20167"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35988"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6588"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5561"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18715"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62295"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19740"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33721"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10768"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36427"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5582"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4931"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5625"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5638"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20009"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9033"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4161"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2354"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26049"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="356356"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4843"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="361199"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6200"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4474"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6567"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3292"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9150"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12063"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6423"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4954"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11536"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4072"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5907"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10230"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2225"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4213"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7230"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4152"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2980"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6199"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116799"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117467"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2850"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3184"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3378"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2761"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10519"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28399"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4923"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8752"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12767"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28687"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18630"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24850"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11891"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2394"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2324"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7978"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7404"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20465"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6549"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10195"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223103"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2005"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225108"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3777"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1795"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27961"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43543"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44099"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2285"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2591"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4914"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1648"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3533"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11740"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2134"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4879"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2412"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6244"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1971"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2199"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2424"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1941"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6797"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12716"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76264"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2882"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79146"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8297"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1929"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4159"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6868"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5780"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19200"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4500"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52808"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12519"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151111"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110657"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37614"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12397"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13677"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73312"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12933"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19684"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140414"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57519"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33272"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2299"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99205"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="882687"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12944"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="895631"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7693"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1774"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3922"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6110"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5428"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17780"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4090"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50849"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11745"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144134"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101752"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35352"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11754"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12886"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67398"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11839"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18456"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127978"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54632"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32414"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2110"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86747"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="819160"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9969"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="829129"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1173"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2874"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7118"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15463"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16979"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52610"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53443"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1971"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1557"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4836"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3826"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2526"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19320"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25204"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3475"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33307"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2626"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19918"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126875"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2135"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129010"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2819"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2283"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2227"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7787"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13861"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4792"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67487"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43302"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5704"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1924"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8029"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3491"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44680"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15573"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20383"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="251492"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3731"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255223"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10554"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1724"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30247"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12445"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5155"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2117"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2192"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21741"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2203"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4098"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17976"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3978"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6891"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5744"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132305"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133006"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21726"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1585"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22937"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12100"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23103"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6995"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9439"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32176"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7357"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9260"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14005"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48500"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6914"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9701"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233131"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2174"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235305"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1583"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2547"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14022"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22747"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23142"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1959"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6977"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8905"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2262"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5914"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12436"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2887"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12458"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63527"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2975"/>
+  </r>
+  <r>
+    <s v="C1007"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66502"/>
+  </r>
+</pivotCacheRecords>
 </file>