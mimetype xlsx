--- v1 (2026-01-27)
+++ v2 (2026-03-31)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re63645eff7544b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ed41cd29ae02405f8320ff35ee3ed8ed.psmdcp" Id="R9f8d2e5163604864" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97e194ed054549b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7cd24471da554c8782ae83a77395e564.psmdcp" Id="Rdfc3a845ac954e04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>