--- v0 (2025-11-15)
+++ v1 (2026-02-04)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac4a9fdf4c994c47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/97189672ba0f433fa7fee5eb8fc9fb67.psmdcp" Id="R52fb30c043ba49c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R644b4d73230e481a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2de8422c633540219e0eccaf951cdea9.psmdcp" Id="R9657fc7298cf4409" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1004</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1004/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P10</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 10 - Education and Qualifications</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -517,379 +517,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J172" totalsRowShown="0">
   <x:autoFilter ref="A1:J172"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02757V03327"/>
     <x:tableColumn id="4" name="Highest Level of Education Completed"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="Regional Authority"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1160,51 +949,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1004/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1391,51 +1180,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J172"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="45.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="19.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -6929,51 +6718,51 @@
       <x:c r="G172" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H172" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I172" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J172" s="0">
         <x:v>22749</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -6990,51 +6779,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J172" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1004"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02757V03327">
       <x:sharedItems count="19">
         <x:s v="-2"/>
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="07"/>
         <x:s v="21"/>
         <x:s v="11"/>
         <x:s v="13"/>
         <x:s v="14"/>
@@ -7270,27 +7059,2080 @@
         <x:n v="349596"/>
         <x:n v="35462"/>
         <x:n v="17675"/>
         <x:n v="36777"/>
         <x:n v="107376"/>
         <x:n v="35153"/>
         <x:n v="31277"/>
         <x:n v="33490"/>
         <x:n v="52386"/>
         <x:n v="175470"/>
         <x:n v="16108"/>
         <x:n v="10073"/>
         <x:n v="15825"/>
         <x:n v="63179"/>
         <x:n v="19003"/>
         <x:n v="13398"/>
         <x:n v="15135"/>
         <x:n v="22749"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375399"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366440"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195429"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="330845"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="969524"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="367064"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287010"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="362232"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="496855"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2850333"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="314870"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167681"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278243"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="798969"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312908"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242335"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="313607"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="421720"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16167"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2306"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4605"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1916"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="497918"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73464"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32143"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55124"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121496"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44475"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41580"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59484"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70152"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="573411"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72018"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37420"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53640"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131230"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62863"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51657"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75967"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88616"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="559934"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55502"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34478"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57361"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149602"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65512"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50639"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63520"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83320"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159200"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17410"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10218"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14836"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39411"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19011"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14727"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18653"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24934"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="21"/>
+    <s v="Both upper secondary and technical or vocational"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84364"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="21"/>
+    <s v="Both upper secondary and technical or vocational"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7890"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="21"/>
+    <s v="Both upper secondary and technical or vocational"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5139"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="21"/>
+    <s v="Both upper secondary and technical or vocational"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8253"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="21"/>
+    <s v="Both upper secondary and technical or vocational"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21947"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="21"/>
+    <s v="Both upper secondary and technical or vocational"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10400"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="21"/>
+    <s v="Both upper secondary and technical or vocational"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7538"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="21"/>
+    <s v="Both upper secondary and technical or vocational"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10143"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="21"/>
+    <s v="Both upper secondary and technical or vocational"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13054"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="Non-degree"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301327"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="Non-degree"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32216"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="Non-degree"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16418"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="Non-degree"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28906"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="Non-degree"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80983"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="Non-degree"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38273"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="Non-degree"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25854"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="Non-degree"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31488"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="Non-degree"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47189"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="Primary degree"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166524"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="Primary degree"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12694"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="Primary degree"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6881"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="Primary degree"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15119"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="Primary degree"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64595"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="Primary degree"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18609"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="Primary degree"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12531"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="Primary degree"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12602"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="Primary degree"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23493"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="Professional qualification (degree status at least)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73052"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="Professional qualification (degree status at least)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6538"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="Professional qualification (degree status at least)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3376"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="Professional qualification (degree status at least)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6443"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="Professional qualification (degree status at least)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25545"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="Professional qualification (degree status at least)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8515"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="Professional qualification (degree status at least)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5646"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="Professional qualification (degree status at least)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6581"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="Professional qualification (degree status at least)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10408"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="15"/>
+    <s v="Degree and professional qualification"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98217"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="15"/>
+    <s v="Degree and professional qualification"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7935"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="15"/>
+    <s v="Degree and professional qualification"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4075"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="15"/>
+    <s v="Degree and professional qualification"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8936"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="15"/>
+    <s v="Degree and professional qualification"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38700"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="15"/>
+    <s v="Degree and professional qualification"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10223"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="15"/>
+    <s v="Degree and professional qualification"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6800"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="15"/>
+    <s v="Degree and professional qualification"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7711"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="15"/>
+    <s v="Degree and professional qualification"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13837"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="16"/>
+    <s v="Post-graduate certificate or diploma"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90942"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="16"/>
+    <s v="Post-graduate certificate or diploma"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8235"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="16"/>
+    <s v="Post-graduate certificate or diploma"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4344"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="16"/>
+    <s v="Post-graduate certificate or diploma"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8771"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="16"/>
+    <s v="Post-graduate certificate or diploma"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30824"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="16"/>
+    <s v="Post-graduate certificate or diploma"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10678"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="16"/>
+    <s v="Post-graduate certificate or diploma"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7052"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="16"/>
+    <s v="Post-graduate certificate or diploma"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7968"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="16"/>
+    <s v="Post-graduate certificate or diploma"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13070"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="Post-graduate degree (Masters)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84628"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="Post-graduate degree (Masters)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5503"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="Post-graduate degree (Masters)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2648"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="Post-graduate degree (Masters)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6988"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="Post-graduate degree (Masters)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39909"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="Post-graduate degree (Masters)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8716"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="Post-graduate degree (Masters)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5294"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="Post-graduate degree (Masters)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5144"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="Post-graduate degree (Masters)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10426"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14412"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6573"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2307"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130237"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12511"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9023"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10711"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43549"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12714"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10783"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11948"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18998"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525066"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51570"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27748"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52602"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170555"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54156"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44675"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48625"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75135"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349596"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35462"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17675"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36777"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107376"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35153"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31277"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33490"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52386"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175470"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16108"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10073"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15825"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63179"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19003"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13398"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15135"/>
+  </r>
+  <r>
+    <s v="C1004"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22749"/>
+  </r>
+</pivotCacheRecords>
 </file>