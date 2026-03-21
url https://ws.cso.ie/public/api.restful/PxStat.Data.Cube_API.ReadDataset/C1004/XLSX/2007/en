--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R644b4d73230e481a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2de8422c633540219e0eccaf951cdea9.psmdcp" Id="R9657fc7298cf4409" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bf2e7fcd8074621" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/84050c3a4fd24f988ad6aeb15288ba3d.psmdcp" Id="Rd30d7688fac947e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>