--- v0 (2025-11-15)
+++ v1 (2026-02-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra523c1be5b9540dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/17478164371342b88d57e4dc8c17afe1.psmdcp" Id="R6b08d12e01784dff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R784de6beebe04e87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5b070b247b6e40db9e68ab81e47af5ae.psmdcp" Id="Rda2a3d7d02bf4a54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1003</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1003/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P10</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 10 - Education and Qualifications</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -490,355 +490,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L298" totalsRowShown="0">
   <x:autoFilter ref="A1:L298"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02757V03327"/>
     <x:tableColumn id="6" name="Highest Level of Education Completed"/>
     <x:tableColumn id="7" name="C02196V02652"/>
     <x:tableColumn id="8" name="Regional Authority"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1111,51 +924,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1003/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1342,51 +1155,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L298"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="44.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="19.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -12702,51 +12515,51 @@
       <x:c r="I298" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J298" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K298" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L298" s="0">
         <x:v>11382</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12763,51 +12576,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L298" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1003"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -13166,27 +12979,4186 @@
         <x:n v="184958"/>
         <x:n v="19384"/>
         <x:n v="9430"/>
         <x:n v="19621"/>
         <x:n v="55500"/>
         <x:n v="18600"/>
         <x:n v="16577"/>
         <x:n v="18159"/>
         <x:n v="27687"/>
         <x:n v="87945"/>
         <x:n v="8121"/>
         <x:n v="4885"/>
         <x:n v="7858"/>
         <x:n v="32087"/>
         <x:n v="9342"/>
         <x:n v="6534"/>
         <x:n v="7736"/>
         <x:n v="11382"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375399"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366440"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195429"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="330845"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="969524"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="367064"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287010"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="362232"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="496855"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2850333"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="314870"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167681"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278243"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="798969"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312908"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242335"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="313607"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="421720"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="514085"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75770"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33319"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56881"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126101"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45949"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42826"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61171"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72068"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="573411"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72018"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37420"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53640"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131230"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62863"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51657"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75967"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88616"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="803498"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80802"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49835"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80450"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210960"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94923"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72904"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92316"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121308"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301327"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32216"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16418"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28906"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80983"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38273"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25854"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31488"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47189"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="527775"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41553"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21666"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47655"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206146"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58186"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38311"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40717"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73541"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130237"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12511"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9023"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10711"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43549"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12714"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10783"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11948"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18998"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525066"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51570"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27748"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52602"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170555"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54156"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44675"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48625"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75135"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349596"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35462"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17675"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36777"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107376"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35153"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31277"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33490"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52386"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175470"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16108"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10073"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15825"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63179"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19003"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13398"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15135"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22749"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1678127"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183560"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99017"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166593"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="470692"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184004"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144579"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181655"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248027"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1425964"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159495"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85584"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141470"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="387724"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157790"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123015"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158925"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211961"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268716"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41027"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18275"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32613"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57634"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24362"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23273"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33410"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38122"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="304732"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40167"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20709"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29804"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64047"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33834"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27624"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41342"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47205"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="409588"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41137"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25533"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40525"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106135"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48373"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37942"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46821"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63122"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127965"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12971"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6841"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11995"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35540"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16884"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10822"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13240"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19672"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249442"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17915"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9428"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21212"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102418"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28053"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17859"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18206"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34351"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65521"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6278"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4798"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5321"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21950"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6284"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5495"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5906"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9489"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252163"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24065"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13433"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25123"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82968"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26214"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21564"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22730"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36066"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164638"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16078"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8245"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17156"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51876"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16553"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14700"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15331"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24699"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87525"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7987"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5188"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7967"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31092"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9661"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6864"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7399"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11367"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1697272"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182880"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96412"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164252"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="498832"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183060"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142431"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180577"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248828"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1424369"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155375"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82097"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136773"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="411245"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155118"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119320"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154682"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209759"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245369"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34743"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15044"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24268"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68467"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21587"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19553"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27761"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33946"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268679"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31851"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16711"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23836"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67183"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29029"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24033"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34625"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41411"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393910"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39665"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24302"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39925"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104825"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46550"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34962"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45495"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58186"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173362"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19245"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9577"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16911"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45443"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21389"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15032"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18248"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27517"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278333"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23638"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12238"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26443"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103728"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30133"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20452"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22511"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39190"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64716"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6233"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4225"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5390"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21599"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6430"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5288"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6042"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9509"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272903"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27505"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14315"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27479"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87587"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27942"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23111"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25895"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39069"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184958"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19384"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9430"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19621"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55500"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18600"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16577"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18159"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27687"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87945"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8121"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4885"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7858"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32087"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9342"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6534"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7736"/>
+  </r>
+  <r>
+    <s v="C1003"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11382"/>
+  </r>
+</pivotCacheRecords>
 </file>