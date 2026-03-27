--- v1 (2026-02-05)
+++ v2 (2026-03-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R784de6beebe04e87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5b070b247b6e40db9e68ab81e47af5ae.psmdcp" Id="Rda2a3d7d02bf4a54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb55ebe26fc004e6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/072433d022a34cb39c6c6120949398fd.psmdcp" Id="R1b26da7108d14637" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>