--- v0 (2025-10-08)
+++ v1 (2025-12-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdca06f8a009241cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/de0bda9631364db2875fc647741e2678.psmdcp" Id="R73a41c56309e46ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bb3dffc4ae142a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/132db01ac7fc402da976e1ca466a29f3.psmdcp" Id="Re66b47d69f194ce5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C1001</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1001/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P10</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 10 - Education and Qualifications</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -529,411 +529,182 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...359 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L961" totalsRowShown="0">
   <x:autoFilter ref="A1:L961"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02757V03327"/>
     <x:tableColumn id="8" name="Highest Level of Education Completed"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1206,51 +977,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C1001/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1437,51 +1208,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L961"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="44.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -37991,51 +37762,51 @@
       <x:c r="I961" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J961" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K961" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L961" s="0">
         <x:v>407</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -38052,51 +37823,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L961" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C1001"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="16">
         <x:s v="-"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
         <x:s v="530"/>
         <x:s v="550"/>
@@ -39122,27 +38893,13468 @@
         <x:n v="28841"/>
         <x:n v="32746"/>
         <x:n v="15109"/>
         <x:n v="16634"/>
         <x:n v="3222"/>
         <x:n v="4272"/>
         <x:n v="2926"/>
         <x:n v="4034"/>
         <x:n v="605"/>
         <x:n v="1057"/>
         <x:n v="1207"/>
         <x:n v="1491"/>
         <x:n v="5772"/>
         <x:n v="5258"/>
         <x:n v="15"/>
         <x:n v="30"/>
         <x:n v="384"/>
         <x:n v="407"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3089775"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375399"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2622458"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2850333"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="552220"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="514085"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="565433"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="573411"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="724099"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="803498"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="250429"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301327"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="396408"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="527775"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133869"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130237"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="350774"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349596"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116543"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175470"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1522120"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1678127"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1299346"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1425964"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="287337"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268716"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="292951"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="304732"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="350724"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="409588"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113447"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127965"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192314"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249442"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62573"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65521"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166155"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164638"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56619"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87525"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1567655"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1697272"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1323112"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1424369"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264883"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245369"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="272482"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268679"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="373375"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393910"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136982"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173362"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204094"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278333"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71296"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64716"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184619"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184958"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59924"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87945"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="313188"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290257"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60782"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52503"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5593"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3558"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24173"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17811"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23887"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23421"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5414"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6145"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="241376"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="226350"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11030"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11404"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160413"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148241"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38205"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33352"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3740"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2342"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16976"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12818"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13764"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14096"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3139"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3575"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116412"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109061"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5796"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5828"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152775"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142016"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22577"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19151"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1853"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7197"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4993"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10123"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9325"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2275"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2570"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124964"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117289"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5234"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5576"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="328334"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342475"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="217528"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215249"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9494"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8839"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40362"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36011"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91493"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94721"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33211"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25073"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35534"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43414"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7434"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7191"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85756"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90851"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25050"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36375"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165292"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172766"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113158"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113258"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6037"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5491"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26207"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23775"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49540"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53326"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13478"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9990"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13922"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16498"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3974"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4178"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39429"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41310"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12705"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18198"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163042"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169709"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104370"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101991"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3457"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3348"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14155"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12236"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41953"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41395"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19733"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15083"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21612"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26916"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3460"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3013"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46327"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49541"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12345"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18177"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="312693"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="373078"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="281905"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="319873"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11573"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11075"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44370"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39587"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87236"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102946"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49557"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48624"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79954"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106219"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9215"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11422"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11735"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17574"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19053"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35631"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156100"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189252"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141304"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163151"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7198"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6946"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26744"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25017"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45137"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59175"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21890"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20850"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35336"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44438"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4999"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6725"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5677"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8417"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9119"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17684"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156593"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183826"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140601"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156722"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4375"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4129"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17626"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14570"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42099"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43771"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27667"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27774"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44618"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61781"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4216"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4697"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6058"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9157"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9934"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17947"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="304676"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349361"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="286110"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317779"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13798"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13687"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62859"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50208"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90545"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93832"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44197"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54257"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65291"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95264"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9420"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10531"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4357"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5709"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14209"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25873"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152377"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177487"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143291"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161704"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8190"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8395"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35536"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30115"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43450"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50270"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20115"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23746"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30829"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43048"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5171"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6130"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2063"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2563"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7023"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13220"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152299"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171874"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142819"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156075"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5608"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5292"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27323"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20093"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47095"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43562"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24082"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30511"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34462"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52216"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4249"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4401"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2294"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3146"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7186"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12653"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290906"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="322105"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277299"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300629"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18257"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15727"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73837"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66055"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91641"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94937"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34135"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44149"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50991"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69898"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8438"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9863"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2595"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3192"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11012"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18284"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144530"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163811"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138213"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153053"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10253"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9271"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41307"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37941"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41611"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46766"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15963"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19567"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24513"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33752"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4566"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5756"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5307"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9464"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146376"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158294"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139086"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147576"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8004"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6456"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32530"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28114"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50030"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48171"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18172"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24582"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26478"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36146"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3872"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4107"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1585"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1898"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5705"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8820"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="271984"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301329"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="261106"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285176"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26189"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21030"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75376"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75419"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84760"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91405"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25577"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35063"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40894"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53634"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8310"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8625"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1773"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2261"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9105"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13892"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135301"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151438"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130518"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143841"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13928"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11889"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40312"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42454"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39022"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42831"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12518"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15446"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20219"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26344"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4519"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4877"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4196"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6793"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136683"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149891"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130588"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141335"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12261"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9141"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35064"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32965"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45738"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48574"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13059"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19617"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20675"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27290"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3791"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3748"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1186"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4909"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7099"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="249604"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="274745"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="240934"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262518"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44718"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30014"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65553"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71925"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68629"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81145"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19524"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27463"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34587"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43462"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7923"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8509"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1572"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7312"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10655"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124981"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137983"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121207"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132322"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23400"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15943"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33027"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38835"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33133"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39135"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9535"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12113"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18026"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21685"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4086"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4611"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3355"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5155"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124623"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136762"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119727"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130196"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21318"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14071"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32526"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33090"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35496"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42010"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9989"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15350"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16561"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21777"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3837"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3898"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3957"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5500"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="230843"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247068"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="223821"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238603"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69367"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49206"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50470"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61081"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53604"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64250"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14122"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21046"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27089"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34967"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9169"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8053"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6124"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7447"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116585"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124550"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113483"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120666"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37843"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26118"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22721"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30661"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26807"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32234"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6645"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8992"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14918"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18490"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4549"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4171"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2828"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3577"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114258"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122518"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110338"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117937"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31524"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23088"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27749"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30420"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26797"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32016"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7477"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12054"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12171"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16477"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4620"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3882"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3296"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3870"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197294"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225328"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192492"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="219236"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72032"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71446"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39354"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47479"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40920"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48842"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10080"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15242"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21001"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26911"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9105"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9316"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4293"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5559"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99827"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113943"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97617"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111029"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40135"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39217"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16826"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21270"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19860"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24498"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4658"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6331"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11902"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15027"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4236"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4686"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2060"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2757"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97467"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111385"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94875"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108207"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31897"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32229"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22528"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26209"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21060"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24344"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5422"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8911"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9099"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11884"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4869"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4630"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2233"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2802"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="154252"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181727"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151267"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177965"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63776"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67790"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27572"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35418"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29250"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35759"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6627"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10581"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13980"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19413"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10062"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9004"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2780"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3514"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77559"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91561"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76108"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89712"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35146"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37552"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11486"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15203"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13733"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17339"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3075"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4098"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7962"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11154"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4706"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4366"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1758"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76693"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90166"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75159"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88253"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28630"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30238"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16086"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20215"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15517"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18420"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3552"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6483"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6018"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8259"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5356"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4638"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133474"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143396"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131218"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141015"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60879"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60797"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21583"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25158"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22584"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25490"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4573"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7060"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10164"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12800"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11435"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9710"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2177"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2284"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65290"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70895"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64228"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69728"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32342"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32878"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8632"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10261"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10318"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12029"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2057"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2672"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5878"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7353"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5001"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4535"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68184"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72501"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66990"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71287"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28537"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27919"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12951"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14897"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12266"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13461"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2516"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4388"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4286"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5447"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6434"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5175"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112129"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119152"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110338"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117371"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55808"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55708"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16370"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19147"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16360"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19250"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3107"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4905"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7046"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9100"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11647"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9261"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1746"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51719"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56540"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50922"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55705"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27912"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28527"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5981"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7545"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6688"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8494"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1387"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1770"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3964"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5223"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4990"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4146"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60410"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62612"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59416"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61666"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27896"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27181"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10389"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11602"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9672"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10756"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1720"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3135"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3082"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3877"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6657"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5115"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89815"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92466"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88500"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91080"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46805"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46472"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12114"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13622"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11988"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13180"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2103"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3211"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4859"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6086"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10631"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8509"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1352"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37377"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40121"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36816"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39507"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21032"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21967"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4052"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4748"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4267"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4982"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2550"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3338"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3996"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3416"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52438"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52345"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51684"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51573"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25773"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24505"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8062"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8874"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7721"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8198"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2155"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2309"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2748"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6635"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5093"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58857"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64884"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57999"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63988"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31415"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33800"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7226"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8774"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7189"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8724"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1889"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2910"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3813"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8070"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6988"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22283"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24694"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21958"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24334"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12774"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13878"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2152"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2307"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2851"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1906"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2817"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2497"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36574"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40190"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36041"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39654"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18641"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19922"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5074"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6129"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4882"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5873"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5253"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4491"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41726"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48028"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41159"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47348"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22516"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24936"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4214"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5716"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4013"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5596"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2608"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7596"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7110"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12486"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14845"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12318"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14602"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7407"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8302"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1824"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1852"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29240"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33183"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28841"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32746"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15109"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16634"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3222"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4272"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2926"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4034"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5772"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5258"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="C1001"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+</pivotCacheRecords>
 </file>