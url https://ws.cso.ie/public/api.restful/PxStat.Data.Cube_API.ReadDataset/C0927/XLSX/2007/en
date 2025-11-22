--- v0 (2025-10-05)
+++ v1 (2025-11-22)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d528806485845a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fb4b4167866941d49a2b964177b8f00d.psmdcp" Id="Re0649ba60ace4d1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55433e0d6b864958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3c6d4aa5d0db4a348993c07f74639f48.psmdcp" Id="Ra88798a8a6694af2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>