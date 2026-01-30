--- v1 (2025-11-22)
+++ v2 (2026-01-30)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55433e0d6b864958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3c6d4aa5d0db4a348993c07f74639f48.psmdcp" Id="Ra88798a8a6694af2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bb2719656aa405d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d43ad7c058ae48d9ab5e723f062a41c5.psmdcp" Id="Rf74ddc7507a5492d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0927</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 3 Years and Over who speak Irish Daily within the Education System</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0927/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P9</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 9 - Irish Language</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -652,587 +652,226 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...535 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02697V03265" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Frequency of Speaking Irish" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L661" totalsRowShown="0">
   <x:autoFilter ref="A1:L661"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02697V03265"/>
     <x:tableColumn id="6" name="Frequency of Speaking Irish"/>
     <x:tableColumn id="7" name="C02779V03348"/>
     <x:tableColumn id="8" name="Province County or City"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1505,51 +1144,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0927/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1736,51 +1375,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L661"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="76.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="47.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="24.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -26890,51 +26529,51 @@
       <x:c r="I661" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J661" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K661" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L661" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26951,51 +26590,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L661" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0927"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -27515,27 +27154,9268 @@
         <x:n v="175"/>
         <x:n v="119"/>
         <x:n v="171"/>
         <x:n v="53"/>
         <x:n v="2336"/>
         <x:n v="1395"/>
         <x:n v="251"/>
         <x:n v="40"/>
         <x:n v="274"/>
         <x:n v="595"/>
         <x:n v="253"/>
         <x:n v="15"/>
         <x:n v="1284"/>
         <x:n v="881"/>
         <x:n v="165"/>
         <x:n v="285"/>
         <x:n v="177"/>
         <x:n v="145"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31605"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16070"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6658"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3099"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1954"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2877"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7930"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4047"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3251"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1629"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5118"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3772"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3369"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2487"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18677"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8345"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4121"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1790"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4641"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2212"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1773"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3856"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3029"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2705"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1835"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5772"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3259"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4523"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2672"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2633"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14393"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7296"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2924"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3587"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1896"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2351"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1783"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8245"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3657"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1993"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2612"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2187"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17212"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8774"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3734"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1708"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4343"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2151"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1712"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2767"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1989"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1759"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10432"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4688"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2323"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2648"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2106"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1617"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks Irish daily outside the education system"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3160"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks Irish weekly outside the education system"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2336"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Speaks Irish less often outside the education system"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0927"/>
+    <s v="Population Aged 3 Years and Over who speak Irish Daily within the Education System"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Never speaks Irish outside the education system"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+</pivotCacheRecords>
 </file>