--- v2 (2026-01-30)
+++ v3 (2026-03-19)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bb2719656aa405d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d43ad7c058ae48d9ab5e723f062a41c5.psmdcp" Id="Rf74ddc7507a5492d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6f917d7482b48d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/211108cdaf454dbba2df6e2887601a0f.psmdcp" Id="Ra6178ef34acb4610" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>