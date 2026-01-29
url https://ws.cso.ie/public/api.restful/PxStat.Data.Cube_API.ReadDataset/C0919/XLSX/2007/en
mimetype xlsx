--- v0 (2025-11-10)
+++ v1 (2026-01-29)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8a48c96d65e440f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/20e6100864c641b3ab8d84f14bcf7213.psmdcp" Id="Rdb7bfc93e9bb4d65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R293b19580ec040cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e39ccb6f289f411b9b963b27c90d6182.psmdcp" Id="Rcfc3161f71d54b76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0919</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Irish Speakers in Private Households where Reference Person Speaks Irish</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0919/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P9</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 9 - Irish Language</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -664,571 +664,216 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...519 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02683V03250" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons in Household aged 3 Years and Over" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J353" totalsRowShown="0">
   <x:autoFilter ref="A1:J353"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="Province County or City"/>
     <x:tableColumn id="5" name="C02683V03250"/>
     <x:tableColumn id="6" name="Persons in Household aged 3 Years and Over"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1499,51 +1144,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0919/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1730,51 +1375,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J353"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="66.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="24.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="43.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -13060,51 +12705,51 @@
       <x:c r="G353" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I353" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J353" s="0">
         <x:v>20111</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13121,51 +12766,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J353" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0919"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="44">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
         <x:s v="022"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
@@ -13626,27 +13271,4252 @@
         <x:n v="2649"/>
         <x:n v="2201"/>
         <x:n v="2011"/>
         <x:n v="21849"/>
         <x:n v="36011"/>
         <x:n v="4188"/>
         <x:n v="8029"/>
         <x:n v="6460"/>
         <x:n v="7407"/>
         <x:n v="5537"/>
         <x:n v="4390"/>
         <x:n v="52919"/>
         <x:n v="12103"/>
         <x:n v="1042"/>
         <x:n v="2538"/>
         <x:n v="2606"/>
         <x:n v="2036"/>
         <x:n v="20111"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1116412"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112950"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271778"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206666"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244225"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172561"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108232"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1587716"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="539724"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54874"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136927"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100408"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120073"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80920"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46522"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="791781"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11598"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2792"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2264"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2682"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1665"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17785"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="274566"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31979"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72880"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51185"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59765"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38760"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19997"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="392555"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105172"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16596"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30281"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19733"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19935"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11938"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6689"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148634"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54429"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5514"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13465"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9632"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12532"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9017"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4269"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75540"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59376"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5177"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15649"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10799"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13905"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9450"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4396"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84704"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55589"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4692"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13485"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11021"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13393"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8355"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4643"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83677"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49234"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3652"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11646"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9217"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11937"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8425"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4357"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71025"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23415"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5313"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4347"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5253"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3671"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34194"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17161"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4205"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3101"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3640"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2674"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1975"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25526"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8502"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1957"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1483"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1863"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12712"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23475"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2288"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5898"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4372"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5251"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3496"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2170"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36915"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39273"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2929"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9610"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7222"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8891"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6459"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4162"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59251"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16020"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3761"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2959"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3544"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2547"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1761"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24632"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20192"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1977"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5011"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3707"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4358"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3131"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29135"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27943"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6985"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5221"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6150"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4143"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2799"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44567"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28345"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2363"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6869"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5330"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6739"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4580"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2464"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43484"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="356510"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34646"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84308"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66354"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78556"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56929"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35717"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="487762"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36329"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3590"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8626"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6838"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7960"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5898"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3417"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48489"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148196"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13426"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34072"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26972"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33175"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24971"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15580"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202025"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33312"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3930"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7906"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6678"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6968"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4919"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2911"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44812"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114884"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9496"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26166"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20294"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26207"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20052"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12669"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157213"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43407"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4739"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10134"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8113"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9351"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6469"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4601"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58803"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55323"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5437"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13320"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10458"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12464"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8434"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5210"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75140"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13061"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1790"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3613"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2532"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2632"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1634"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18129"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42262"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3647"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9707"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7926"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9832"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6800"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4350"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57011"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20226"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1983"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4884"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3755"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4215"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3196"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2193"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28322"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22615"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5441"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4290"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4970"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3581"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2029"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32504"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30414"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3167"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7831"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5928"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6421"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4380"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2687"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42479"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11555"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3218"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2407"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2449"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15893"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18859"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4613"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3521"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3972"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3021"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26586"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158510"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16795"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36941"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29216"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32934"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24938"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17686"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213294"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78961"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7867"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18723"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14824"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16724"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12298"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8525"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102109"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21984"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2663"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6056"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4725"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4293"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2759"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27864"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56977"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5204"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12667"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10099"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12431"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9539"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7037"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74245"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7780"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1894"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1545"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11216"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38111"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4325"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8633"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6832"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7658"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6033"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4630"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52416"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16729"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1749"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3751"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3092"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3483"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2717"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1937"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23837"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16929"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1906"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3940"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3202"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3524"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2608"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1749"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23716"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61668"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6635"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13602"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10688"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12662"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9774"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8307"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94879"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13554"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3035"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2253"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2649"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2201"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2011"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21849"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36011"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4188"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8029"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6460"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7407"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5537"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4390"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52919"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12103"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2538"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1975"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2606"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2036"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1906"/>
+  </r>
+  <r>
+    <s v="C0919"/>
+    <s v="Irish Speakers in Private Households where Reference Person Speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="93"/>
+    <s v="Number of Irish speakers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20111"/>
+  </r>
+</pivotCacheRecords>
 </file>