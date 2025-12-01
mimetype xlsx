--- v0 (2025-10-08)
+++ v1 (2025-12-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcea06323f9449e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/547c2858db2d465ea5d2132d4514ecfd.psmdcp" Id="Rb6ce096923124f44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca35daf853824747" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/de916ef427fd4e1387812bb8b1bd8e9e.psmdcp" Id="R5e5aca1c8c3c4206" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0913</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Persons Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>As defined by the Gaeltacht Area Orders, 1956 - 1982.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0913/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P9</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 9 - Irish Language</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -481,355 +481,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02710V03278" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ability to Speak Irish" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02722V03289" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age at which Full Time Education Ceased" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02793V03362" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Gaeltacht and State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N289" totalsRowShown="0">
   <x:autoFilter ref="A1:N289"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02710V03278"/>
     <x:tableColumn id="6" name="Ability to Speak Irish"/>
     <x:tableColumn id="7" name="C02722V03289"/>
     <x:tableColumn id="8" name="Age at which Full Time Education Ceased"/>
     <x:tableColumn id="9" name="C02793V03362"/>
     <x:tableColumn id="10" name="Gaeltacht and State"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1104,51 +923,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0913/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1337,51 +1156,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N289"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="21.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="57.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="20.853482" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -14091,51 +13910,51 @@
       <x:c r="K289" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N289" s="0">
         <x:v>999</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14152,51 +13971,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N289" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0913"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Persons Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -14545,27 +14364,4636 @@
         <x:n v="33"/>
         <x:n v="1944"/>
         <x:n v="26"/>
         <x:n v="2166"/>
         <x:n v="3061"/>
         <x:n v="7"/>
         <x:n v="689"/>
         <x:n v="9"/>
         <x:n v="593"/>
         <x:n v="351"/>
         <x:n v="202"/>
         <x:n v="19434"/>
         <x:n v="38"/>
         <x:n v="3464"/>
         <x:n v="25"/>
         <x:n v="2465"/>
         <x:n v="13"/>
         <x:n v="999"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75989"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375399"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64067"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2850333"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10740"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="322345"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12633"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="530268"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18031"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="882961"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6344"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="274381"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5524"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272586"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3237"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148788"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7558"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419004"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11922"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525066"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8478"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349596"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3444"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175470"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51526"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1276390"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42686"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1002688"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7792"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56785"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7885"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125962"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12028"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="359789"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4452"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142615"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3710"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142974"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2003"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68782"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4816"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105781"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8840"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273702"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6821"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="226177"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2019"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47525"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23709"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2027411"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20715"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1783584"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2874"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="261260"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4691"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="399185"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5925"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="516291"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1881"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130234"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1795"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128255"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79200"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2321"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269159"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2994"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243827"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118118"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125709"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71598"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64061"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4300"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5121"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6881"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1532"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44064"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7537"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5301"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2236"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38278"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1678127"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32628"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1425964"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6208"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174128"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7267"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="291858"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8357"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="411313"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2676"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125674"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2637"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135936"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75656"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3883"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211399"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5650"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252163"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3960"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164638"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87525"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25634"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="570122"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21576"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="450120"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4553"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30543"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4614"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66528"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5525"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151091"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1774"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56458"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1709"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65116"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31826"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2471"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48558"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4058"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120002"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3116"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99377"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20625"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12242"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1068109"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10700"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="940021"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141229"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2622"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222375"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2787"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="256402"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68373"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70056"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43375"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138211"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1542"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128088"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62425"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65663"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39896"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35823"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2356"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2955"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3820"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24630"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4073"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2836"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37711"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1697272"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31439"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1424369"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4532"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148217"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5366"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238410"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9674"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="471648"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3668"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148707"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2887"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136650"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73132"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3675"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207605"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6272"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272903"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4518"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184958"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87945"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25892"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="706268"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21110"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="552568"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3239"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26242"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3271"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59434"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6503"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="208698"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2678"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86157"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2001"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77858"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36956"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2345"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57223"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4782"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153700"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3705"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126800"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26900"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11467"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="959302"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10015"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="843563"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120031"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2069"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176810"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3138"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="259889"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61861"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58199"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35825"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130948"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115739"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55693"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60046"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31702"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28238"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1944"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="15 - 16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2166"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="17 - 19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3061"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="20 - 21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="22 - 24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19434"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3464"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2465"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0913"/>
+    <s v="Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+</pivotCacheRecords>
 </file>