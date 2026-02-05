--- v1 (2025-12-01)
+++ v2 (2026-02-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca35daf853824747" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/de916ef427fd4e1387812bb8b1bd8e9e.psmdcp" Id="R5e5aca1c8c3c4206" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18121fff60674b77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c74fbac9445944d7920a97b170397fc0.psmdcp" Id="R05d634cf0a4b4b42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>