--- v0 (2025-11-10)
+++ v1 (2026-02-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16ce0ea271dc48ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ae36bca2e78448dc8740fd1259fa5981.psmdcp" Id="Ra85613f1415b4cbb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R053ea10bf6684cf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8cf363de193f4992a2861beb02eea511.psmdcp" Id="R8217e2c65eea4b28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0909</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over in the Labour Force</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>As defined by the Gaeltacht Area Orders, 1956 - 1982.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0909/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P9</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 9 - Irish Language</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -583,483 +583,206 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...431 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02710V03278" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ability to Speak Irish" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02793V03362" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Gaeltacht and State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02702V03270" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N673" totalsRowShown="0">
   <x:autoFilter ref="A1:N673"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02710V03278"/>
     <x:tableColumn id="6" name="Ability to Speak Irish"/>
     <x:tableColumn id="7" name="C02793V03362"/>
     <x:tableColumn id="8" name="Gaeltacht and State"/>
     <x:tableColumn id="9" name="C02702V03270"/>
     <x:tableColumn id="10" name="Intermediate Occupational Group"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1334,51 +1057,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0909/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1567,51 +1290,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N673"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="50.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="21.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="20.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="55.710625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -31217,51 +30940,51 @@
       <x:c r="K673" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L673" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N673" s="0">
         <x:v>11666</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -31278,51 +31001,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N673" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0909"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over in the Labour Force"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -31982,27 +31705,10780 @@
         <x:n v="17"/>
         <x:n v="96"/>
         <x:n v="149"/>
         <x:n v="105"/>
         <x:n v="15"/>
         <x:n v="20"/>
         <x:n v="41"/>
         <x:n v="59"/>
         <x:n v="263"/>
         <x:n v="57"/>
         <x:n v="61"/>
         <x:n v="72"/>
         <x:n v="141"/>
         <x:n v="137"/>
         <x:n v="6221"/>
         <x:n v="11455"/>
         <x:n v="211"/>
         <x:n v="11666"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3055"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1475"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2116"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5060"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1797"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1909"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2985"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3858"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4631"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2472"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4635"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43218"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43891"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88414"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38375"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79385"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7416"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26076"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19268"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74714"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183429"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125398"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114919"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182200"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205102"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79062"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45588"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58978"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93065"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17694"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3902"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42289"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205197"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80898"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58072"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12325"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7442"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230918"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2080126"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29372"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2109498"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2313"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3266"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2048"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2294"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2646"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2182"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2737"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28121"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28499"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29178"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14430"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22880"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5547"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5553"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19722"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46945"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54108"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31694"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80708"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72209"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42599"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18994"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28392"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46522"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8301"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2277"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17697"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62133"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62846"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31165"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9072"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2933"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50418"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="768002"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7128"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="775130"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1761"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1956"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1641"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14672"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14966"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58078"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23579"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55610"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5662"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20168"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13524"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54135"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133970"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70560"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81974"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100338"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131011"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36118"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26347"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30274"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45916"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9276"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24318"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140842"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17819"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26588"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3174"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4429"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158067"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1273373"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21699"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1295072"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2514"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1882"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2222"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22433"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38751"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39296"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2824"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4978"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1711"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1712"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2754"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25184"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25603"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80117"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37038"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77456"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3257"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19208"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13488"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55514"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178929"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72590"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102400"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31089"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94445"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41448"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33191"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45301"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19753"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4761"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3106"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22605"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64783"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23379"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24800"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10026"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7042"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131713"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1197439"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16428"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1213867"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2183"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3210"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1661"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16135"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16374"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26276"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13822"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22289"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4051"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3778"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13717"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45342"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29065"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27112"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12411"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32000"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21170"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12778"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20453"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8220"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1872"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8464"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15247"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16413"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12112"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7252"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2708"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26211"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="385357"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3666"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389023"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1736"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8773"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8952"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52788"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22865"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54292"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2499"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14864"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9560"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41110"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131132"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43058"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74133"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18428"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61458"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20091"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20223"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24597"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11378"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2854"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13966"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48632"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6874"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12506"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2708"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4259"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89290"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="784786"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12428"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="797214"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2455"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16212"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27296"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27630"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2612"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2146"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1436"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3251"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1881"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18034"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18288"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8297"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1929"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4159"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6868"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5780"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19200"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4500"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52808"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12519"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151111"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110657"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37614"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12397"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13677"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73312"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12933"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19684"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140414"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57519"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33272"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2299"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99205"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="882687"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12944"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="895631"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1802"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2001"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1536"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11986"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12125"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2902"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1775"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6005"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1603"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25043"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4582"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68297"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40209"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21429"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6216"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7939"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38302"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6439"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9233"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46886"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46433"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19053"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1820"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24207"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="382645"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3462"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="386107"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5899"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6014"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5290"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3163"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5304"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3964"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13025"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2838"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27502"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7841"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81910"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69553"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16027"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6124"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5677"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34538"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6422"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10352"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92210"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10945"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14082"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68777"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="488587"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9271"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="497858"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6221"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11455"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="C0909"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11666"/>
+  </r>
+</pivotCacheRecords>
 </file>