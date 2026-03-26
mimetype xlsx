--- v1 (2026-02-01)
+++ v2 (2026-03-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R053ea10bf6684cf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8cf363de193f4992a2861beb02eea511.psmdcp" Id="R8217e2c65eea4b28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc41d1571667a4dbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/274148732c08431980c3f0af61444ed2.psmdcp" Id="R0f841b66cf57468a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>