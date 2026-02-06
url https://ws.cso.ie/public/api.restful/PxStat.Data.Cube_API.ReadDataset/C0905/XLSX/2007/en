--- v0 (2025-11-08)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd13472a9ada4630" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/06f198482712407db12549d7496f91c4.psmdcp" Id="R01ad37ca42bc4706" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90086272f86847d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9515a886f53243138b6cbebab7a48a06.psmdcp" Id="R7e2cd9d4114840d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0905</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged 3 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0905/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P9</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 9 - Irish Language</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -652,579 +652,224 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...527 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02710V03278" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ability to Speak Irish" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L529" totalsRowShown="0">
   <x:autoFilter ref="A1:L529"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02710V03278"/>
     <x:tableColumn id="6" name="Ability to Speak Irish"/>
     <x:tableColumn id="7" name="C02779V03348"/>
     <x:tableColumn id="8" name="Province County or City"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1497,51 +1142,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0905/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1728,51 +1373,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L529"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="31.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="21.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="24.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -21866,51 +21511,51 @@
       <x:c r="I529" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L529" s="0">
         <x:v>426</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -21927,51 +21572,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L529" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0905"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged 3 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -22614,27 +22259,7420 @@
         <x:n v="523"/>
         <x:n v="557"/>
         <x:n v="677"/>
         <x:n v="1144"/>
         <x:n v="779"/>
         <x:n v="365"/>
         <x:n v="4615"/>
         <x:n v="2162"/>
         <x:n v="939"/>
         <x:n v="1223"/>
         <x:n v="216"/>
         <x:n v="1048"/>
         <x:n v="471"/>
         <x:n v="718"/>
         <x:n v="1997"/>
         <x:n v="638"/>
         <x:n v="933"/>
         <x:n v="426"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4057646"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2194351"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48067"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1139427"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="490133"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187173"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="227012"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235109"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176747"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83786"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63758"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32881"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105988"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154252"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67615"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75750"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125722"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120358"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1124568"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106043"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="461046"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116001"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345045"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134584"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176689"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50609"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126080"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63215"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79712"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103279"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43835"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59444"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="483360"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221800"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69786"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152014"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27766"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118833"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56400"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58561"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255367"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61144"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140559"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53664"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1656790"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="823555"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18547"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="410669"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158762"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79251"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86800"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85856"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73373"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35669"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26311"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13158"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37933"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60685"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25691"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30636"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46149"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44734"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="510005"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50287"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209950"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48082"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161868"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61685"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80031"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19711"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60320"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29750"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33769"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44533"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17031"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27502"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224953"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108124"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31153"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76971"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11758"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55010"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24934"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25127"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98277"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22636"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54813"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20828"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2300174"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1310294"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28460"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="692107"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="311058"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104471"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133496"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143082"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99523"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46381"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35424"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18782"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65470"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90465"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40226"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43258"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77347"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72851"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="588656"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52725"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240930"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64354"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176576"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69078"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93043"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29805"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63238"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32234"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44443"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56203"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25098"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31105"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248633"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108953"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36662"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72291"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15494"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61629"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30476"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32081"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152591"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37002"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83764"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31825"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100682"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60502"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36651"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20313"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3451"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6716"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6171"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3851"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1736"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2023"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2585"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3102"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1698"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1856"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2226"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2773"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25907"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3031"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10166"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3565"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6601"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3821"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3615"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2522"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2543"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9774"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4723"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1971"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2752"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2194"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4499"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1982"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2027808"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1089816"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24518"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="558108"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239886"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89425"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112614"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116183"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89306"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42319"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32711"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16828"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52630"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78220"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34289"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37983"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62953"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59951"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="564983"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53574"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230486"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56701"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173785"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67984"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88841"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24706"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64135"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32115"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40461"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51522"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21654"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29868"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243767"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111355"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33489"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77866"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14290"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60081"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28972"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29069"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129242"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31421"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70459"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27362"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="757067"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="372385"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8364"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185394"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70534"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35871"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39863"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39126"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33494"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16230"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11841"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5925"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17205"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27773"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11611"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13829"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20578"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20141"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="236665"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23530"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97904"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22317"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75587"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28413"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36749"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8607"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28142"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13752"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15697"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20620"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7873"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12747"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103237"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50324"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13615"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36709"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5360"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25068"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11331"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11154"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44780"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10141"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25337"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9302"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1215706"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="684042"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15548"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="352557"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157580"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51891"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69286"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73800"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53697"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25220"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19487"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10410"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34100"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48727"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21715"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23145"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41139"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38297"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="314333"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28416"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127078"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32466"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94612"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37560"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50146"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15529"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34617"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17689"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23941"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29503"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12854"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16649"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135371"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58470"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18842"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39628"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8632"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33867"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17122"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17280"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81960"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20412"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44073"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17475"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55035"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33389"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20157"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11772"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1663"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3465"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3257"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2115"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1720"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1513"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13985"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1628"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5504"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3586"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2011"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1946"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5159"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2561"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2502"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2029838"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1104535"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23549"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="581319"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="250247"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97748"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114398"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118926"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87441"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41467"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31047"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16053"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53358"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76032"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33326"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37767"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62769"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60407"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="559585"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52469"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230560"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59300"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171260"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66600"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87848"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25903"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61945"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31100"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39251"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51757"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22181"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29576"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239593"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110445"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36297"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74148"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13476"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58752"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27428"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29492"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126125"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29723"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70100"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26302"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="899723"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="451170"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10183"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225275"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88228"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43380"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46937"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46730"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39879"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19439"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14470"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7233"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20728"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32912"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14080"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16807"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25571"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24593"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273340"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26757"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112046"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25765"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86281"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33272"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43282"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11104"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32178"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15998"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18072"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23913"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9158"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14755"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121716"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57800"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17538"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40262"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6398"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29942"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13603"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13973"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53497"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12495"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29476"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11526"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1084468"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="626252"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12912"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="339550"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153478"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52580"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64210"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69282"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45826"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21161"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15937"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8372"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31370"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41738"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18511"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20113"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36208"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34554"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="274323"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24309"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113852"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31888"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81964"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31518"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42897"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14276"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28621"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14545"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20502"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26700"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12244"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14456"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113262"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50483"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17820"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32663"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6862"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27762"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13354"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14801"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70631"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16590"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39691"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14350"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45647"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27113"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16494"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8541"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3251"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2914"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1736"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11922"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1403"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4662"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3015"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1669"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4615"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2162"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1997"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="C0905"/>
+    <s v=" Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+</pivotCacheRecords>
 </file>