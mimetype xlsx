--- v0 (2025-10-06)
+++ v1 (2026-01-27)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c92d9d44ca84720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/937b9d9e04714587b854bdb0d4d25fcd.psmdcp" Id="R14fee2efc26742d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeb9642723df4eef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5d1c8e3af4154e8eb466d709f24e0226.psmdcp" Id="R3ca72f741567456f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0902</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Percentage of Irish Speakers Aged 3 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">A new question on the ability to speak the Irish Language and frequency of speaking Irish was introduced in the 1996 Census of Population.  The new version of the question marked a major departure from the version used in previous censuses.  The version used in those years asked respondents to write 'Irish only', 'Irish and English', 'Read but cannot speak Irish' or to leave blank as appropriate.  The version introduced in 1996 was retained unchanged for 2002.  However, for the 2006 census while the formulation of the question dealing with ability to speak Irish remained unchanged the categories for frequency of speaking the language distinguished daily within and daily outside the education system.  Non-respondents on ability to speak Irish (i.e. not stated), who were explicitly identified in the 1996 and subsequent censuses, are included in the category 'Non-irish speakers'. </x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0902/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P9</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 9 - Irish Language</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -421,251 +421,130 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...199 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H121" totalsRowShown="0">
   <x:autoFilter ref="A1:H121"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02779V03348"/>
     <x:tableColumn id="2" name="Province"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -934,51 +813,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0902/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1167,51 +1046,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H121"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="13.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="34.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -4345,51 +4224,51 @@
       <x:c r="E121" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H121" s="0">
         <x:v>31.3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -4406,51 +4285,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H121" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="5">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="B"/>
         <x:s v="C"/>
         <x:s v="D"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Province">
       <x:sharedItems count="5">
         <x:s v="State"/>
         <x:s v="Leinster"/>
         <x:s v="Munster"/>
         <x:s v="Connacht"/>
         <x:s v="Ulster (part of)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="8">
         <x:s v="1926"/>
         <x:s v="1936"/>
         <x:s v="1946"/>
@@ -4599,27 +4478,1228 @@
         <x:n v="64388"/>
         <x:n v="183143"/>
         <x:n v="26"/>
         <x:n v="64342"/>
         <x:n v="140810"/>
         <x:n v="31.4"/>
         <x:n v="57550"/>
         <x:n v="137591"/>
         <x:n v="29.5"/>
         <x:n v="66350"/>
         <x:n v="148972"/>
         <x:n v="30.8"/>
         <x:n v="67045"/>
         <x:n v="155670"/>
         <x:n v="30.1"/>
         <x:n v="69334"/>
         <x:n v="151909"/>
         <x:n v="31.3"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="540802"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="2261650"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="19.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="666601"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="2140324"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="588725"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="2182932"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="716420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="1919398"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="789429"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="1998019"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="1018413"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="2208054"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="31.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="1042701"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="2310931"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="1095830"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="2271176"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="32.5"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="101102"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="978536"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="183378"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="966434"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="180755"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="1017491"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="274644"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="964383"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="341702"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="1055160"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="24.5"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="473225"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="1202292"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="480227"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="1274353"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="511639"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="1264188"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="197625"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="718068"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="224805"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="668030"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="189395"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="672660"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="228726"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="567613"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="28.7"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="252805"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="573308"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="323704"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="612526"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="337043"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="630434"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="352177"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="612988"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="174234"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="348964"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="183082"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="315322"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="154187"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="309638"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="148708"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="246592"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="137372"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="231960"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="155134"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="244264"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="158386"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="250474"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="162680"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="242091"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="40.2"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="67841"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="216082"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="75336"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="190538"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="64388"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="183143"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="64342"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="140810"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="57550"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="137591"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="66350"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="148972"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="30.8"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="67045"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="155670"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0902C1"/>
+    <s v="Irish speakers"/>
+    <s v="Number"/>
+    <n v="69334"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0902C2"/>
+    <s v="Non-Irish speakers"/>
+    <s v="Number"/>
+    <n v="151909"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0902C3"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="31.3"/>
+  </r>
+</pivotCacheRecords>
 </file>