--- v1 (2026-01-27)
+++ v2 (2026-03-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeb9642723df4eef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5d1c8e3af4154e8eb466d709f24e0226.psmdcp" Id="R3ca72f741567456f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1f4f33479ba450f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9f921da4231144c0a5a6429031390c0b.psmdcp" Id="R022c4302e1d243fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>