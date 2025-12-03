--- v0 (2025-10-08)
+++ v1 (2025-12-03)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c1f0825f27e46e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92e2551784e8434c9c9e2de41799226f.psmdcp" Id="Rc2b8d9dc826b4335" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4883c2bb2eb24f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c791b3668f6740b7905d686c913b5024.psmdcp" Id="Ra1f18b296eb442d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>