--- v1 (2025-12-03)
+++ v2 (2026-01-29)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4883c2bb2eb24f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c791b3668f6740b7905d686c913b5024.psmdcp" Id="Ra1f18b296eb442d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R683d80b466db4189" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7bf656266ab7472babf98ac66df54420.psmdcp" Id="Rf465ef15bef04082" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0818</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>8/5/2020 11:00:00 AM</x:t>
+    <x:t>05/08/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0818/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P8</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 8 - Occupations</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -493,355 +493,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02728V03296" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Socio Economic Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Labour Force" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L289" totalsRowShown="0">
   <x:autoFilter ref="A1:L289"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02728V03296"/>
     <x:tableColumn id="6" name="Socio Economic Group"/>
     <x:tableColumn id="7" name="C02704V03272"/>
     <x:tableColumn id="8" name="Labour Force"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1114,51 +927,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0818/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1345,51 +1158,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L289"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="40.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="48.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -12363,51 +12176,51 @@
       <x:c r="I289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L289" s="0">
         <x:v>155537</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12424,51 +12237,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L289" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0818"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
@@ -12819,27 +12632,4060 @@
         <x:n v="30520"/>
         <x:n v="2374"/>
         <x:n v="28146"/>
         <x:n v="23655"/>
         <x:n v="917"/>
         <x:n v="22738"/>
         <x:n v="14951"/>
         <x:n v="3074"/>
         <x:n v="11877"/>
         <x:n v="49202"/>
         <x:n v="9384"/>
         <x:n v="39818"/>
         <x:n v="6141"/>
         <x:n v="335"/>
         <x:n v="5806"/>
         <x:n v="157191"/>
         <x:n v="1654"/>
         <x:n v="155537"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375399"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2109498"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1265901"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="458866"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299565"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159301"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185470"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136284"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49186"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354676"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255243"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99433"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="650248"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493626"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156622"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363020"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="250088"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112932"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299008"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214273"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84735"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138302"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88476"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49826"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148453"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100277"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48176"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147555"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72652"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74903"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24896"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14708"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10188"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="604905"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184306"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420599"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290257"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60552"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229705"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46458"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1436"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45022"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12312"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12153"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27551"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26769"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61930"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17082"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44848"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31117"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13817"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17300"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21739"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5409"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16330"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10034"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3720"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6314"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8807"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8282"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7984"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7663"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60978"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16767"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44211"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342475"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="236668"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105807"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28504"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15246"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13258"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13990"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9254"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4736"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27716"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19449"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8267"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92915"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80967"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11948"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46981"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41754"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5227"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28884"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24653"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4231"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12972"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11157"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1815"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5791"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3386"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2405"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3792"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2200"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1948"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78730"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27299"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51431"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="722439"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="633222"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89217"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97249"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87836"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9413"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58805"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55088"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3717"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92721"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88470"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4251"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165264"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158675"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6589"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83268"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74396"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8872"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66426"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60872"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5554"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24849"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22135"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2714"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23821"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20071"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3750"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10029"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8188"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4257"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3901"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95750"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53590"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42160"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="623434"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="510082"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113352"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111413"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92405"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19008"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40842"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34944"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5898"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69400"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63567"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5833"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116878"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108177"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8701"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66079"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53126"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12953"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59653"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51740"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7913"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22815"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19135"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3680"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37732"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30265"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7467"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20536"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16007"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4529"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3800"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3135"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74286"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37581"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36705"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="521813"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="406214"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115599"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80379"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65039"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15340"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25869"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21688"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4181"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60190"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53865"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6325"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98347"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86039"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12308"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55049"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41693"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13356"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52029"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43283"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8746"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23782"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19011"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4771"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32755"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26075"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6680"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25253"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18815"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6438"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3749"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2937"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64411"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27769"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36642"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="407055"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228947"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178108"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53116"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32512"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20604"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17628"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12103"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5525"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41311"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26686"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14625"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61059"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39032"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22027"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41673"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23444"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18229"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39757"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25942"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13815"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20195"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12401"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7794"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24596"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16881"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7715"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30759"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18382"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12377"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3402"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73559"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19646"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53913"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="467926"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33813"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="434113"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41747"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5091"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36656"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16024"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3048"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12976"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35787"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2424"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33363"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53855"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3654"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50201"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38853"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1858"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36995"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30520"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2374"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28146"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23655"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22738"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14951"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3074"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11877"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49202"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9384"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39818"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6141"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5806"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157191"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="C0818"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155537"/>
+  </r>
+</pivotCacheRecords>
 </file>