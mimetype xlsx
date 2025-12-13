--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4943d19aa5f46e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ae8624a9e3da4e418a18eb7321ac517c.psmdcp" Id="Rf7acd9fba2d84511" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7aa403f1a1d14409" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d1a999f73fac4e9c8d9866c10beabecf.psmdcp" Id="R38937c70ce6546b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0815</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0815/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P8</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 8 - Occupations</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -502,371 +502,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02728V03296" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Socio Economic Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Labour Force" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L649" totalsRowShown="0">
   <x:autoFilter ref="A1:L649"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02196V02652"/>
     <x:tableColumn id="4" name="Regional Authority"/>
     <x:tableColumn id="5" name="C02728V03296"/>
     <x:tableColumn id="6" name="Socio Economic Group"/>
     <x:tableColumn id="7" name="C02704V03272"/>
     <x:tableColumn id="8" name="Labour Force"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1139,51 +940,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0815/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1370,51 +1171,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L649"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="19.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="40.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="48.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -26068,51 +25869,51 @@
       <x:c r="I649" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L649" s="0">
         <x:v>63250</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26129,51 +25930,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L649" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0815"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="9">
         <x:s v="-"/>
         <x:s v="IE11"/>
         <x:s v="IE12"/>
         <x:s v="IE13"/>
         <x:s v="IE21"/>
         <x:s v="IE22"/>
         <x:s v="IE23"/>
         <x:s v="IE24"/>
         <x:s v="IE25"/>
       </x:sharedItems>
     </x:cacheField>
@@ -26886,27 +26687,9100 @@
         <x:n v="36861"/>
         <x:n v="30784"/>
         <x:n v="15846"/>
         <x:n v="14809"/>
         <x:n v="21015"/>
         <x:n v="15975"/>
         <x:n v="4343"/>
         <x:n v="3318"/>
         <x:n v="2303"/>
         <x:n v="1880"/>
         <x:n v="2040"/>
         <x:n v="1438"/>
         <x:n v="78713"/>
         <x:n v="87248"/>
         <x:n v="17393"/>
         <x:n v="23998"/>
         <x:n v="61320"/>
         <x:n v="63250"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3089775"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375399"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1800933"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2109498"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1288842"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1265901"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="436029"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="458866"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="272923"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299565"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163106"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159301"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157302"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185470"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110153"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136284"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47149"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49186"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="306575"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354676"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219532"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255243"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87043"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99433"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="543834"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="650248"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="402622"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493626"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141212"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156622"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="325979"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363020"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="208748"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="250088"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117231"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112932"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="255650"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299008"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177925"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214273"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77725"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84735"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163123"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138302"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90663"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88476"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72460"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49826"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139630"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148453"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83027"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100277"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56603"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48176"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="180766"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147555"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79449"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72652"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101317"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74903"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28858"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24896"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15689"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14708"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13169"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10188"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="552029"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="604905"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140202"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184306"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="411827"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420599"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="335028"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366440"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="188090"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220905"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146938"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145535"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38420"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42830"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23267"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27305"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15153"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15525"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11076"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13293"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7519"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9498"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3557"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3795"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30763"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36905"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20922"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25268"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9841"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11637"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53826"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67602"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39412"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50494"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14414"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17108"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39228"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43844"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25081"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30119"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14147"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13725"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32215"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37902"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22414"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26192"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9801"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11710"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21403"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17907"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11473"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10587"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9930"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7320"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16105"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17876"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9354"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11719"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6751"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6157"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28754"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23131"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12437"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10955"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16317"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12176"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4710"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3918"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2509"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2305"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2201"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58528"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61232"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13702"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16463"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44826"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44769"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="173489"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195429"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99526"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121826"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73963"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73603"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20287"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22378"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12579"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14752"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7708"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7626"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5379"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7015"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3820"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5278"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1737"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15473"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18993"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10973"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13363"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4500"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5630"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28620"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35288"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21012"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26892"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7608"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8396"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20733"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24862"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13428"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17501"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7305"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7361"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15262"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17744"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10714"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12900"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4548"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4844"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10874"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8888"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6072"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5884"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4802"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3004"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7675"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8350"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4556"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5578"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3119"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2772"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15541"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12246"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7102"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6294"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8439"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5952"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2195"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2368"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1168"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31450"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37297"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8102"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12093"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23348"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25204"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="300121"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="330845"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166790"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199476"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133331"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131369"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35147"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38653"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21964"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25307"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13183"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13346"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12987"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16189"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9129"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11948"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3858"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4241"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29945"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35296"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20802"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24395"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9143"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10901"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45278"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56348"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33733"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42323"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11545"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14025"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28780"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34458"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18954"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24513"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9826"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9945"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24443"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30073"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17801"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22423"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6642"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7650"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16100"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13682"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8989"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8799"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7111"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4883"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14666"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15688"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8641"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10722"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6025"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4966"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32497"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26789"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13542"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12449"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18955"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14340"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2956"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2478"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57322"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61191"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11677"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15127"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45645"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46064"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="907629"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="969524"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="555306"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="629001"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="352323"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340523"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="154648"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152447"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99439"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101509"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55209"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50938"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66509"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75222"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47500"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56224"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19009"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18998"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99345"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109791"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74657"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83470"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24688"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26321"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="185697"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211661"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138268"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161950"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47429"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49711"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83487"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84713"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52230"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56807"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31257"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27906"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62500"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70937"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42399"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50336"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20101"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20601"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38377"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34789"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22265"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23387"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16112"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11402"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35394"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36618"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21646"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25485"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13748"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11133"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2368"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2053"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="178028"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190139"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54985"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67881"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123043"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122258"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="316224"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="367064"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="194370"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244008"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121854"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123056"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55636"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62042"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35054"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41225"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20582"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20817"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15321"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19606"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10552"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14434"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4769"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5172"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32017"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39201"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23417"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29358"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8600"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9843"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57533"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73125"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43787"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57287"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13746"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15838"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35061"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41205"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23525"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29717"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11536"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11488"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25097"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30436"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18000"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22759"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7097"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7677"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15630"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13854"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8942"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9348"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6688"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4506"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16012"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18340"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9724"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12706"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6288"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5634"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13167"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10834"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6289"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5817"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6878"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5017"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4452"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3979"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2590"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2549"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46298"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54442"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12490"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18808"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33808"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35634"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="267623"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287010"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152565"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175074"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115058"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111936"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32773"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33876"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20558"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21936"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12215"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11940"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11541"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13312"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8326"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9908"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3215"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3404"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25683"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29242"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18002"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20342"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7681"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8900"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44286"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51617"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32778"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39138"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11508"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12479"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29292"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32535"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19237"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22886"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10055"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9649"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24706"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28739"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17671"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21033"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7035"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7706"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14890"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11907"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8239"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7498"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6651"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4409"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11853"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12337"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7010"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8227"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4843"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4110"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23187"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18126"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10159"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9052"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13028"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9074"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2417"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2157"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46995"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53162"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9330"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13849"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37665"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39313"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="329851"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="362232"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186794"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="219759"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143057"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142473"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39786"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43911"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24312"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27975"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15474"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15936"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11273"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13733"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7631"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9816"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3642"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3917"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28514"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34061"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19782"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23723"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8732"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10338"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53097"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65203"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38776"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48670"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14321"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16533"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40185"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45627"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25545"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30899"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14640"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14728"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30589"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36176"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21269"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25568"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9320"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10608"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20933"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17593"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11249"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10767"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9684"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6826"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15879"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16618"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9244"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10922"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6635"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5696"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28391"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23592"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12954"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12149"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15437"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11443"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6509"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5524"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3509"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3183"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3000"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2341"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54695"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60194"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12523"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16087"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42172"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44107"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="459810"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="496855"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="257492"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299449"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="202318"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197406"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59332"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62729"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35750"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39556"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23582"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23173"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23216"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27100"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15676"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19178"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7540"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7922"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44835"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51187"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30977"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35324"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13858"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15863"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75497"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89404"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54856"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66872"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20641"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22532"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49213"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55776"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30748"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37646"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18465"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18130"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40838"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47001"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27657"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33062"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13181"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13939"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24916"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19682"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13434"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12206"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11482"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7476"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22046"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22626"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12852"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14918"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9194"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7708"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36861"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30784"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15846"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14809"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21015"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15975"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4343"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3318"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2303"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1880"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2040"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78713"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87248"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17393"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23998"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61320"/>
+  </r>
+  <r>
+    <s v="C0815"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63250"/>
+  </r>
+</pivotCacheRecords>
 </file>