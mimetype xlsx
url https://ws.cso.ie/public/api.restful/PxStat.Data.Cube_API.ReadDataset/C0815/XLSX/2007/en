--- v1 (2025-12-13)
+++ v2 (2026-02-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7aa403f1a1d14409" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d1a999f73fac4e9c8d9866c10beabecf.psmdcp" Id="R38937c70ce6546b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd485a3ae678b4e26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d397d40e64734da786b9c77bfe028ab8.psmdcp" Id="Rbdd9d18128d74158" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>