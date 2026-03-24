--- v2 (2026-02-06)
+++ v3 (2026-03-24)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd485a3ae678b4e26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d397d40e64734da786b9c77bfe028ab8.psmdcp" Id="Rbdd9d18128d74158" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b4f026d2d04428a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13d94464a6de4f8db03d46d07c6c0985.psmdcp" Id="R3e81408431ef403b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>