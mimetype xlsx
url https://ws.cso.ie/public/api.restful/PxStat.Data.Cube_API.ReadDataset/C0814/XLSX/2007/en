--- v0 (2025-11-05)
+++ v1 (2025-12-31)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd260d1b988a48ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1d096e98b4e246e2923a1410a67e9a54.psmdcp" Id="R63e800155e4b4e27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dbb598cc88f4ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e9eb62ceca114ea79711cd60d1b2066f.psmdcp" Id="R2c68be5fa19d43c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0814</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0814/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P8</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 8 - Occupations</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -568,459 +568,194 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...407 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02702V03270" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L547" totalsRowShown="0">
   <x:autoFilter ref="A1:L547"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02702V03270"/>
     <x:tableColumn id="8" name="Intermediate Occupational Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1293,51 +1028,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0814/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1524,51 +1259,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L547"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="75.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="55.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -22346,51 +22081,51 @@
       <x:c r="I547" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L547" s="0">
         <x:v>6733</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -22407,51 +22142,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L547" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0814"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="7">
         <x:s v="-"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="545"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="7">
@@ -22925,27 +22660,7672 @@
         <x:n v="517"/>
         <x:n v="96"/>
         <x:n v="153"/>
         <x:n v="166"/>
         <x:n v="472"/>
         <x:n v="59"/>
         <x:n v="4550"/>
         <x:n v="13058"/>
         <x:n v="84"/>
         <x:n v="172"/>
         <x:n v="667"/>
         <x:n v="610"/>
         <x:n v="43"/>
         <x:n v="77"/>
         <x:n v="803"/>
         <x:n v="51"/>
         <x:n v="3358"/>
         <x:n v="6733"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3069"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1489"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3995"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2621"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5298"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12906"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2606"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5540"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6320"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10996"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2016"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11281"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71393"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150084"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2738"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3849"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3678"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12699"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4992"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1361"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4626"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4116"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40477"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90205"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4959"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6370"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7165"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30916"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59879"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6191"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8291"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3533"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4742"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2658"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3549"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2400"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1742"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11842"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21993"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1576"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6358"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12232"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1460"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5484"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9761"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2979"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2998"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3122"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19848"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40278"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2912"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11067"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23235"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1732"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1948"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8781"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17043"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2770"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2039"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2576"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14042"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31388"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2726"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8282"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19275"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5760"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12113"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2893"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2217"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11562"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28343"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2857"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6687"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17663"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4875"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10680"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2272"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7908"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19791"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2253"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4550"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13058"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3358"/>
+  </r>
+  <r>
+    <s v="C0814"/>
+    <s v=" Unemployed Population Aged 15 Years and Over (Excluding First Time Job Seekers)"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6733"/>
+  </r>
+</pivotCacheRecords>
 </file>