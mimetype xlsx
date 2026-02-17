--- v1 (2025-12-31)
+++ v2 (2026-02-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dbb598cc88f4ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e9eb62ceca114ea79711cd60d1b2066f.psmdcp" Id="R2c68be5fa19d43c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc3d09ddb1e741c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f9d321c3b3384cdabf14e2119b97bd57.psmdcp" Id="R9393fa094e514e31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>