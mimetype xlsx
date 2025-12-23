--- v0 (2025-11-05)
+++ v1 (2025-12-23)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac611a33d1d34d41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/55985718f7fb4f4e94c05984ddbbc4bc.psmdcp" Id="Rd2d1ce43b450485d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a45517913ae4d72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/47f2592700fe4779bf4b64ed06966cca.psmdcp" Id="R03cd0709296f44b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0812</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged 15 Years and Over at Work</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0812/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P8</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 8 - Occupations</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -556,443 +556,190 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...391 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Employment Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02702V03270" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L625" totalsRowShown="0">
   <x:autoFilter ref="A1:L625"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02704V03272"/>
     <x:tableColumn id="4" name="Employment Status"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02702V03270"/>
     <x:tableColumn id="8" name="Intermediate Occupational Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1265,51 +1012,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0812/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1496,51 +1243,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L625"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="40.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="55.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -25282,51 +25029,51 @@
       <x:c r="I625" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L625" s="0">
         <x:v>2696</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -25343,51 +25090,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L625" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0812"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged 15 Years and Over at Work"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02704V03272">
       <x:sharedItems count="4">
         <x:s v="501"/>
         <x:s v="503"/>
         <x:s v="504"/>
         <x:s v="505"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Employment Status">
       <x:sharedItems count="4">
         <x:s v="Persons at work"/>
         <x:s v="Employer or own account worker"/>
         <x:s v="Employee"/>
@@ -26002,27 +25749,8764 @@
         <x:n v="360"/>
         <x:n v="435"/>
         <x:n v="1"/>
         <x:n v="17"/>
         <x:n v="54"/>
         <x:n v="74"/>
         <x:n v="333"/>
         <x:n v="434"/>
         <x:n v="476"/>
         <x:n v="448"/>
         <x:n v="23"/>
         <x:n v="95"/>
         <x:n v="52"/>
         <x:n v="43"/>
         <x:n v="314"/>
         <x:n v="283"/>
         <x:n v="2284"/>
         <x:n v="2696"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92079"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85345"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33676"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36886"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66834"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75390"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7558"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5887"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21842"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23455"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21107"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18019"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55907"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69416"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122015"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170523"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107454"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122792"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97025"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109379"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149665"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175880"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167951"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194106"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61535"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77895"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35643"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44197"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51151"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57733"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77565"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91883"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11751"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17208"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3903"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3849"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35793"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40273"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142280"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193916"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69519"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79710"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51231"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57321"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11379"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12287"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7435"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7167"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139289"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159525"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1641587"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1930042"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85255"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77379"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32228"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35610"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64718"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73607"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3636"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2601"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16484"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17325"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14901"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12650"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37140"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51836"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119450"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166230"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64794"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71149"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87580"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97408"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24135"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29728"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82422"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89819"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34442"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40854"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24852"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32188"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40432"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44342"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16818"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19470"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3072"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4580"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2835"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3073"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19465"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21383"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48779"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60667"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22015"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22950"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22536"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24380"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9856"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9991"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7101"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6778"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78307"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91236"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="963253"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1107234"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6824"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7966"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2116"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1783"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3922"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3286"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5358"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6130"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6206"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5369"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18767"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17580"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2565"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4293"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42660"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51643"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9445"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11971"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125530"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146152"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85529"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104287"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27093"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37041"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10791"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12009"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10719"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13391"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60747"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72413"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8679"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12628"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16328"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18890"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93501"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133249"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47504"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56760"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28695"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32941"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2296"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60982"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68289"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="678334"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="822808"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72130"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64694"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5098"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6690"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12145"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14146"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1180"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4164"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5724"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38583"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50673"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17040"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18755"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18600"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22505"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2931"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3742"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33812"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35592"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11665"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13723"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3127"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4159"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4987"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6093"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8319"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10049"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1611"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10535"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13236"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20609"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23353"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2504"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5951"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7609"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277003"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="308221"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68500"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60563"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5037"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6615"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12049"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14028"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3857"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5389"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38118"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49891"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13384"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14487"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17820"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21454"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25687"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26250"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9234"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10519"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2636"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3593"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4672"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5577"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4619"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5011"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1350"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6686"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8077"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10051"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10348"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5083"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6412"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="232665"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253821"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3630"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4131"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3656"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4268"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2580"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8125"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9342"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2431"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3204"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3700"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5038"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3849"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5159"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10558"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13005"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1930"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44338"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54400"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17701"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18944"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28566"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30159"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54613"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61127"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6367"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4685"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21577"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23083"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20374"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17353"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51683"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63600"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83167"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119472"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90277"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103886"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78243"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86700"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146385"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171678"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133458"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157884"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49833"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64125"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32503"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40006"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46142"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51610"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69163"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81724"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11157"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16438"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2439"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25169"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26941"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121188"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169830"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66980"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77467"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50581"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56575"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11379"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12287"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7435"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7167"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132776"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151352"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1359156"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1616304"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14867"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15544"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27180"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28965"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52600"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59473"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2909"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1905"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16301"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17053"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14257"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12095"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33245"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46387"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81080"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115975"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51383"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56614"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69632"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75854"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23034"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28540"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56530"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63387"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25194"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30315"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22211"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28577"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35741"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38744"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12191"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14444"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2872"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4322"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1553"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12742"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13253"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38609"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50160"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21432"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22356"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22029"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23764"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9856"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9991"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7101"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6778"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72976"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84543"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="727444"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="850592"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2834"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3400"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1386"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2013"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3458"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2780"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5276"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6030"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6117"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5258"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18438"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17213"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2087"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3497"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38894"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47272"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8611"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10846"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123351"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143138"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76928"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94497"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24639"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33810"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10292"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11429"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10401"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12866"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56972"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67280"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8285"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12116"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12427"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13688"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82579"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119670"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45548"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55111"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28552"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32811"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2296"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59800"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66809"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="631712"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="765712"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2248"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1707"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5428"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5517"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1272"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3144"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2821"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2284"/>
+  </r>
+  <r>
+    <s v="C0812"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2696"/>
+  </r>
+</pivotCacheRecords>
 </file>