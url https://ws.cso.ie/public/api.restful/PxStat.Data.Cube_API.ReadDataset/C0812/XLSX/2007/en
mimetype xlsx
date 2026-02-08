--- v1 (2025-12-23)
+++ v2 (2026-02-08)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a45517913ae4d72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/47f2592700fe4779bf4b64ed06966cca.psmdcp" Id="R03cd0709296f44b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R076f3dd1721e4abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/69533b064e7743d59ac7aad3561e289b.psmdcp" Id="R81a27b3f312e492f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>