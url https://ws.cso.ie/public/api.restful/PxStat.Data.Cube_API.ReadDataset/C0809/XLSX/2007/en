--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f587ccffdee463b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c04a823ac9bd4d41acc0e37cc2f74229.psmdcp" Id="R309cafd27f614089" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R452135e696574a51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/639f03bc706b4927b8449af30f256d39.psmdcp" Id="Re9266c4cde584efd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0809</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Usually Resident, Aged 15 years and Over in the Labour Force</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0809/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P8</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 8 - Occupations</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -601,491 +601,196 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...439 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Birthplace" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02702V03270" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J393" totalsRowShown="0">
   <x:autoFilter ref="A1:J393"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02719V03286"/>
     <x:tableColumn id="4" name="Birthplace"/>
     <x:tableColumn id="5" name="C02702V03270"/>
     <x:tableColumn id="6" name="Intermediate Occupational Group"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1356,51 +1061,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0809/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1587,51 +1292,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J393"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="66.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="48.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="55.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -14197,51 +13902,51 @@
       <x:c r="G393" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I393" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J393" s="0">
         <x:v>2068339</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14258,51 +13963,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J393" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0809"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02719V03286">
       <x:sharedItems count="14">
         <x:s v="IE03"/>
         <x:s v="IE04"/>
         <x:s v="XI"/>
         <x:s v="XEXW"/>
         <x:s v="XS"/>
         <x:s v="LT"/>
         <x:s v="PL"/>
         <x:s v="ZZEURN"/>
         <x:s v="ZZEUBP1"/>
         <x:s v="ZZAA02"/>
         <x:s v="ZZABB"/>
@@ -14760,27 +14465,4732 @@
         <x:n v="180071"/>
         <x:n v="202416"/>
         <x:n v="77523"/>
         <x:n v="44372"/>
         <x:n v="57726"/>
         <x:n v="91281"/>
         <x:n v="17284"/>
         <x:n v="3700"/>
         <x:n v="41020"/>
         <x:n v="201650"/>
         <x:n v="79726"/>
         <x:n v="57506"/>
         <x:n v="12229"/>
         <x:n v="7386"/>
         <x:n v="222568"/>
         <x:n v="2040548"/>
         <x:n v="27791"/>
         <x:n v="2068339"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71663"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25697"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51771"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5057"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14545"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13073"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47803"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111804"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64772"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75591"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109390"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125997"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39290"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19401"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27720"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40501"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8386"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20332"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111641"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38145"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34121"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4817"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4183"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140759"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1208006"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13993"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1221999"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9278"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7518"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12758"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2671"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3033"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10930"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27771"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38371"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19617"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44187"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41451"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27270"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13978"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19463"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30248"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5540"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11647"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38046"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31579"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18667"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6856"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2631"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31143"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="457081"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2656"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="459737"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2622"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2617"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1258"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2162"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2579"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1629"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2062"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2496"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1746"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1971"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28454"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28611"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1834"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4054"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3965"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10743"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8876"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6475"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10317"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11529"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4143"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3192"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3830"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5324"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3711"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11599"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4353"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2553"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10674"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113855"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114919"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10232"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10302"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3985"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2697"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4211"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19387"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20199"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3484"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1919"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4091"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10612"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3241"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1802"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4982"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8054"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8236"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52163"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2941"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55104"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1967"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2392"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3676"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16047"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16947"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1697"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1948"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2502"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5700"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2721"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2557"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5803"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5855"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1648"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2566"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9606"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7704"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58830"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1584"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60414"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1351"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1954"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3260"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6001"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21577"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2203"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23780"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2440"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7294"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8478"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4815"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30860"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31902"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9880"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9976"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1626"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14176"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14449"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87698"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37819"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77698"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7343"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25464"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19088"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73671"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179241"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122813"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113255"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180071"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202416"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77523"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44372"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57726"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91281"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17284"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3700"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41020"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201650"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79726"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57506"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12229"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7386"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222568"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2040548"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27791"/>
+  </r>
+  <r>
+    <s v="C0809"/>
+    <s v=" Population Usually Resident, Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2068339"/>
+  </r>
+</pivotCacheRecords>
 </file>