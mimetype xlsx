--- v1 (2025-11-26)
+++ v2 (2026-02-02)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R452135e696574a51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/639f03bc706b4927b8449af30f256d39.psmdcp" Id="Re9266c4cde584efd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c2b667fb1384c66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/faf7c8f2480641bba941ad6a93889cd9.psmdcp" Id="Rd36dbef570fe4a05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>