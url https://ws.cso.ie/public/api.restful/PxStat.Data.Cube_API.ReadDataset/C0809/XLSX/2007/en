--- v2 (2026-02-02)
+++ v3 (2026-03-30)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c2b667fb1384c66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/faf7c8f2480641bba941ad6a93889cd9.psmdcp" Id="Rd36dbef570fe4a05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra141bcd493fb43de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6ec0ccfd16bc442fb045e6ee06b966df.psmdcp" Id="Ra81583a2d8174b46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>