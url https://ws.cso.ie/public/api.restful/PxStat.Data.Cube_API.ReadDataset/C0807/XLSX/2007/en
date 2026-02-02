--- v0 (2025-11-16)
+++ v1 (2026-02-02)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4d4ae3219c04706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5096c506433a4f82abd0089986eb491e.psmdcp" Id="R25104a27593f47cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra69202b7c7194de4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c401d38447e44ddb8cb600af949d72c0.psmdcp" Id="Rc6a5c790146c4c2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0807</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">  Population Aged 15 years and Over in the Labour Force</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0807/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P8</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 8 - Occupations</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -586,483 +586,200 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...431 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02702V03270" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L673" totalsRowShown="0">
   <x:autoFilter ref="A1:L673"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02702V03270"/>
     <x:tableColumn id="8" name="Intermediate Occupational Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1335,51 +1052,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0807/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1566,51 +1283,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L673"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="51.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="55.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -27176,51 +26893,51 @@
       <x:c r="I673" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J673" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L673" s="0">
         <x:v>9016</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -27237,51 +26954,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L673" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0807"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="  Population Aged 15 years and Over in the Labour Force"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
@@ -28014,27 +27731,9436 @@
         <x:n v="59"/>
         <x:n v="37"/>
         <x:n v="66"/>
         <x:n v="356"/>
         <x:n v="121"/>
         <x:n v="1314"/>
         <x:n v="1140"/>
         <x:n v="227"/>
         <x:n v="32"/>
         <x:n v="853"/>
         <x:n v="95"/>
         <x:n v="161"/>
         <x:n v="202"/>
         <x:n v="1662"/>
         <x:n v="534"/>
         <x:n v="78"/>
         <x:n v="1125"/>
         <x:n v="9016"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88414"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38375"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79385"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7416"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26076"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19268"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74714"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183429"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125398"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114919"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182200"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205102"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79062"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45588"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58978"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93065"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17694"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3902"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42289"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205197"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80898"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58072"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12325"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7442"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230918"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2080126"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29372"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2109498"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80117"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37038"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77456"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3257"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19208"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13488"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55514"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178929"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72590"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102400"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31089"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94445"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41448"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33191"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45301"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19753"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4761"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3106"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22605"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64783"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23379"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24800"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10026"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7042"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131713"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1197439"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16428"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1213867"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8297"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1929"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4159"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6868"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5780"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19200"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4500"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52808"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12519"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151111"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110657"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37614"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12397"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13677"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73312"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12933"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19684"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140414"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57519"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33272"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2299"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99205"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="882687"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12944"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="895631"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2239"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3871"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1769"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8235"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2356"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8767"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5357"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15658"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53010"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7542"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60552"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2217"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3826"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8178"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3359"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9154"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33346"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4531"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37877"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1826"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5408"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4224"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6504"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19664"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3011"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22675"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3280"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7284"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12079"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3172"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1766"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9792"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25912"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5277"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7627"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23668"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33077"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7154"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3702"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5162"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4624"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3372"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28521"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5497"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2904"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29732"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="227372"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9296"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="236668"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2655"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7094"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11820"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2242"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7121"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25417"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6204"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4986"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13015"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2884"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2609"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3745"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1696"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7548"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16558"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123108"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4943"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128051"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2671"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3343"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18682"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20062"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4270"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1417"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4111"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1676"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20973"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4725"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1908"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13174"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104264"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4353"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108617"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12371"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11823"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23495"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1489"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8077"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6318"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24616"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54206"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39487"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28054"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61208"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59568"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32140"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22586"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26738"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28524"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5853"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14364"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56901"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22318"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14449"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4376"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64254"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="625139"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8083"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="633222"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10884"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11208"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22745"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6000"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4344"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17901"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52142"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18064"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23991"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11479"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26869"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14237"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15930"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19155"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5332"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6962"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19433"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4802"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5071"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3148"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1486"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37471"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340800"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4376"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345176"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1487"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1974"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6715"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21423"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4063"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49729"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32699"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17903"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6656"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7583"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23192"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4631"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7402"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37468"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17516"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9378"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26783"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="284339"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3707"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288046"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19606"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7174"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17785"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1920"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6734"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5393"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18314"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42943"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39999"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31855"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41963"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46182"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19935"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13186"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13859"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24847"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4659"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11191"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47213"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19801"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16873"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3031"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2350"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49631"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="507099"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2983"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="510082"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17912"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6891"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17306"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5052"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3881"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13423"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41919"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24401"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28499"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5892"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22352"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10711"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9965"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11004"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5819"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5937"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15163"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5570"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6807"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2582"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2299"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28975"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295083"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296828"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1512"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4891"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15598"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3356"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36071"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23830"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9224"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3221"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2855"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19028"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3341"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5254"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32050"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14231"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10066"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20656"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212016"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213254"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22171"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7054"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14098"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1978"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4858"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3582"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12931"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31949"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26006"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26497"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35084"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34226"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12899"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4637"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8690"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21871"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4107"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7882"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40086"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20992"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16978"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3173"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1659"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40793"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405029"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="406214"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20282"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6878"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13826"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3491"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2492"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9652"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31376"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17510"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24287"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4940"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16038"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8396"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3564"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7309"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4724"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4409"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11802"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6979"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7819"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2994"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22339"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235458"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="236134"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1889"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3279"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8496"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2210"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30144"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18188"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4503"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17147"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2831"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3473"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28284"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14013"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9159"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18454"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169571"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170080"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20574"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2567"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7367"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2379"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1797"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6793"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18501"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12770"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17481"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16219"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19864"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5764"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3940"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11611"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1828"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4465"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23958"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11385"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6399"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28359"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228664"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228947"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18849"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2519"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7258"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1792"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5532"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18249"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9305"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16355"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2874"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10534"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4338"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3552"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2761"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2910"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8205"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4910"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3795"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15850"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144847"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145004"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1725"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3465"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13345"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9330"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8850"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15753"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6475"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2604"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12509"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83817"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83943"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9741"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1683"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1634"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1900"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3418"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3161"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2491"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33813"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33813"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8965"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1648"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2278"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24797"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24797"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1662"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9016"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0807"/>
+    <s v="  Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9016"/>
+  </r>
+</pivotCacheRecords>
 </file>