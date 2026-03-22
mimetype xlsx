--- v1 (2026-02-02)
+++ v2 (2026-03-22)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra69202b7c7194de4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c401d38447e44ddb8cb600af949d72c0.psmdcp" Id="Rc6a5c790146c4c2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9918b5c0c0b4185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fc834cb8e0744d21874077ffbd7b1e8f.psmdcp" Id="R358d01c6c4ca4224" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>