--- v0 (2025-11-08)
+++ v1 (2025-12-24)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R288607bc355243f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95ff1508aec8412dbd2d0416ad124d08.psmdcp" Id="R34a5059bd97a4086" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R607316e6aa3348ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5220c1be6ba946c0a5a1aebf1064beeb.psmdcp" Id="R497080541be64ca1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0806</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged 15 years and Over in the Labour Force</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0806/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P8</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 8 - Occupations</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -592,491 +592,202 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...439 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02702V03270" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L757" totalsRowShown="0">
   <x:autoFilter ref="A1:L757"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="Regional Authority"/>
     <x:tableColumn id="7" name="C02702V03270"/>
     <x:tableColumn id="8" name="Intermediate Occupational Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1349,51 +1060,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0806/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1580,51 +1291,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L757"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="50.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="19.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="55.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -30382,51 +30093,51 @@
       <x:c r="I757" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J757" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K757" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L757" s="0">
         <x:v>123848</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -30443,51 +30154,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L757" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0806"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged 15 years and Over in the Labour Force"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -31327,27 +31038,10612 @@
         <x:n v="19977"/>
         <x:n v="16960"/>
         <x:n v="3932"/>
         <x:n v="1447"/>
         <x:n v="2373"/>
         <x:n v="11437"/>
         <x:n v="1564"/>
         <x:n v="81"/>
         <x:n v="2362"/>
         <x:n v="21339"/>
         <x:n v="8630"/>
         <x:n v="3340"/>
         <x:n v="267"/>
         <x:n v="77"/>
         <x:n v="13147"/>
         <x:n v="122149"/>
         <x:n v="1699"/>
         <x:n v="123848"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88414"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38375"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79385"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7416"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26076"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19268"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74714"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183429"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125398"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114919"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182200"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205102"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79062"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45588"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58978"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93065"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17694"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3902"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42289"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205197"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80898"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58072"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12325"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7442"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230918"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2080126"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29372"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2109498"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13609"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3857"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9193"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4870"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1897"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8861"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23551"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8955"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11758"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17190"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21815"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4787"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2473"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4739"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10294"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1835"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3467"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23653"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8790"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6046"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21306"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217420"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3485"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220905"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7554"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5577"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5014"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13333"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5045"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6233"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8603"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11872"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2540"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2866"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5573"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1638"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11161"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4392"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4036"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14767"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120012"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121826"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14019"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3255"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7385"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2175"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1819"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10158"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21730"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8462"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8999"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14328"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19179"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4768"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2942"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5719"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10223"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3755"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20095"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8752"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4954"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19401"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196668"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2808"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199476"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2060"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11327"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16684"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1795"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4042"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4917"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11366"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36217"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51363"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38247"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67081"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58169"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39998"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22544"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17757"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26299"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5792"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17242"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58199"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21914"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20619"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3376"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80313"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="619646"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9355"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="629001"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8376"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4712"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9730"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2831"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2394"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8104"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22267"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18757"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13455"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22073"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23296"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9170"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5821"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7542"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9294"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2032"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4966"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21686"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8901"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6805"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2040"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24476"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="241421"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244008"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10225"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3380"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8581"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2302"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9528"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14864"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8356"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9785"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13543"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17140"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4420"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3190"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5170"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7576"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2732"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17240"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7324"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4531"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17862"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172660"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2414"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175074"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15525"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3959"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10076"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3838"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2383"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10349"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23025"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9776"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10857"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15989"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23203"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5070"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2157"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4852"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9494"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3458"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22492"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8539"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5009"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22015"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="216700"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3059"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="219759"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17046"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5648"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12159"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4135"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3298"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11334"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28442"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14684"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15585"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23393"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30428"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8309"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5112"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10333"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14312"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2115"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5031"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30671"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12286"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6072"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30778"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295599"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3850"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299449"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80117"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37038"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77456"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3257"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19208"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13488"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55514"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178929"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72590"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102400"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31089"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94445"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41448"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33191"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45301"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19753"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4761"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3106"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22605"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64783"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23379"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24800"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10026"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7042"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131713"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1197439"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16428"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1213867"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12463"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3751"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8993"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3390"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6785"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23217"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5249"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10859"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2260"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10145"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2385"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1805"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3697"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2112"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1885"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6280"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2444"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2298"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12353"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127453"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2041"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129494"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6925"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2171"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5466"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3828"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13092"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3060"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5505"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5299"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2252"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2917"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8481"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71271"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72222"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12913"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3142"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7205"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1678"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6529"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21318"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5024"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8120"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1753"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9122"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2348"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2066"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4197"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2164"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2002"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6149"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2510"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1728"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11235"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114799"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1588"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116387"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1624"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10808"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16311"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2704"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3553"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8925"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34440"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28156"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33516"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15286"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28144"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21566"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16563"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13383"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6425"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1576"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9309"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22033"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6820"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9469"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2711"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44759"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340684"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5255"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345939"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7208"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4584"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9523"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2038"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1758"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6677"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21843"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11219"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11978"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3262"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10930"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4727"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4261"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5947"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1709"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2675"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6382"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2465"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3015"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1646"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14112"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140540"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141916"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9326"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3248"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8239"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1795"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6818"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14557"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5021"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8672"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2015"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7367"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2319"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2278"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4102"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1392"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5473"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1748"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10407"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101299"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1352"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102651"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13975"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3876"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9856"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2985"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1522"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7613"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22629"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5979"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9924"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1983"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9970"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2525"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1551"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3763"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1981"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1826"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6217"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2321"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2054"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12735"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127943"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1714"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129657"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15683"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5458"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11863"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3173"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2606"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8339"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27833"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8882"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13826"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3416"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13468"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4377"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3665"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7960"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2875"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2669"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9332"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3656"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2732"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17631"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173450"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2151"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175601"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8297"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1929"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4159"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6868"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5780"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19200"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4500"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52808"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12519"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151111"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110657"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37614"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12397"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13677"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73312"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12933"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19684"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140414"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57519"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33272"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2299"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99205"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="882687"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12944"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="895631"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2076"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3706"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14930"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11670"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2402"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8182"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17373"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6346"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3748"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8953"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89967"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91411"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1186"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1985"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7489"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6573"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1339"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4478"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8244"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3274"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2280"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6286"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48741"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49604"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3629"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3438"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12575"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10057"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2420"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1522"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8059"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1753"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13946"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6242"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3226"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8166"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81869"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83089"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2441"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1777"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23207"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4731"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51795"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30025"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18432"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5981"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4374"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19874"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4216"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7933"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36166"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15094"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11150"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35554"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278962"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4100"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283062"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1168"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7538"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1477"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18811"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12366"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4443"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1595"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7585"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2291"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15304"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6436"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3790"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10364"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100881"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102092"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2710"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3335"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11528"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9773"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2101"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6184"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11767"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5279"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2783"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7455"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71361"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72423"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1550"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2736"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3797"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14006"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13233"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2545"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7513"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16275"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6218"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2955"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9280"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88757"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90102"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2995"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5802"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1759"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19977"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16960"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3932"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2373"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11437"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2362"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21339"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8630"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3340"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13147"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122149"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1699"/>
+  </r>
+  <r>
+    <s v="C0806"/>
+    <s v=" Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123848"/>
+  </r>
+</pivotCacheRecords>
 </file>