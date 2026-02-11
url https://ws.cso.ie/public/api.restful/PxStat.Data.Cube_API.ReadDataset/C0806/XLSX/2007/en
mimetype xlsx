--- v1 (2025-12-24)
+++ v2 (2026-02-11)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R607316e6aa3348ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5220c1be6ba946c0a5a1aebf1064beeb.psmdcp" Id="R497080541be64ca1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc81ebcc54b7c4eb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cc62cfa27a1c4586bc0e03b9e679c2f5.psmdcp" Id="R91d51cc83eee4f9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>