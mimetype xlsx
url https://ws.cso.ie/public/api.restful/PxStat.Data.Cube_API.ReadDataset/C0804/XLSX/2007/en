--- v0 (2025-11-04)
+++ v1 (2026-01-30)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbc38c935bb74fcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/408877f2337f4f69861961afaad98975.psmdcp" Id="Ref90ea8722c54eb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R402792884a2d4ffe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a1a98d8abd4a4b21a198d6b13c5bc833.psmdcp" Id="R5db7829d249f4c87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0804</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged 15 Years and Over in the Labour Force</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0804/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P8</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 8 - Occupations</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -490,355 +490,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02702V03270" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L289" totalsRowShown="0">
   <x:autoFilter ref="A1:L289"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02702V03270"/>
     <x:tableColumn id="6" name="Broad Occupational Group"/>
     <x:tableColumn id="7" name="C02199V02655"/>
     <x:tableColumn id="8" name="Sex"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1111,51 +924,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0804/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1342,51 +1155,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L289"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="50.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="46.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -12360,51 +12173,51 @@
       <x:c r="I289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L289" s="0">
         <x:v>9016</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12421,51 +12234,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L289" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0804"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged 15 Years and Over in the Labour Force"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
@@ -12811,27 +12624,4060 @@
         <x:n v="1779"/>
         <x:n v="121"/>
         <x:n v="4492"/>
         <x:n v="3125"/>
         <x:n v="1367"/>
         <x:n v="4720"/>
         <x:n v="2818"/>
         <x:n v="1902"/>
         <x:n v="3232"/>
         <x:n v="1566"/>
         <x:n v="1666"/>
         <x:n v="2491"/>
         <x:n v="1366"/>
         <x:n v="1125"/>
         <x:n v="33813"/>
         <x:n v="24797"/>
         <x:n v="9016"/>
         <x:n v="0"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88414"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80117"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8297"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245234"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205961"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39273"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183429"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178929"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4500"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365670"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128479"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="237191"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114919"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102400"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12519"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="284164"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135893"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148271"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342414"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152096"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190318"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224964"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81851"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143113"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230918"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131713"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99205"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2080126"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1197439"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="882687"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29372"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16428"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12944"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2109498"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1213867"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="895631"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8899"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8231"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8235"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8178"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2751"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2032"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8863"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3394"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5469"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5606"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4247"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15658"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9154"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6504"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53010"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33346"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19664"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7542"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4531"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3011"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60552"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37877"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22675"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3280"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2655"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34498"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29604"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4894"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25912"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25417"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31849"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7916"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23933"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7627"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6204"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40231"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15899"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24332"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23423"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9545"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13878"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30820"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9310"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21510"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29732"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16558"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13174"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="227372"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123108"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104264"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9296"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4943"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4353"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="236668"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128051"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108617"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12371"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10884"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1487"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75818"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62949"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12869"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54206"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52142"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115144"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34614"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80530"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28054"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23991"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4063"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91708"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41106"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50602"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120614"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53576"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67038"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62970"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24067"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38903"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64254"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37471"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26783"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="625139"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340800"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="284339"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8083"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4376"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3707"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="633222"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345176"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288046"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19606"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17912"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57320"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47403"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9917"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42943"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41919"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98835"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37100"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61735"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31855"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28499"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3356"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66117"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33063"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33054"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88198"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40168"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48030"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52594"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20044"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32550"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49631"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28975"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20656"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="507099"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295083"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212016"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2983"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="510082"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296828"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213254"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22171"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20282"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1889"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44501"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37098"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7403"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31949"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31376"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78068"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30269"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47799"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26497"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24287"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2210"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47125"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24434"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22691"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69007"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28927"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40080"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44918"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16446"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28472"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40793"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22339"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18454"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405029"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235458"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169571"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="406214"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="236134"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170080"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20574"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18849"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1725"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22279"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19033"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3246"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18501"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18249"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35388"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15974"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19414"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17481"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16355"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25628"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14872"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10756"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35630"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16606"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19024"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24824"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9059"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15765"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28359"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15850"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12509"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228664"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144847"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83817"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228947"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145004"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83943"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9741"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8965"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1919"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1683"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1648"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3635"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1748"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1900"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4492"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3125"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4720"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2818"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1902"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3232"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2491"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33813"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24797"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9016"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33813"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24797"/>
+  </r>
+  <r>
+    <s v="C0804"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9016"/>
+  </r>
+</pivotCacheRecords>
 </file>