--- v1 (2026-01-30)
+++ v2 (2026-03-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R402792884a2d4ffe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a1a98d8abd4a4b21a198d6b13c5bc833.psmdcp" Id="R5db7829d249f4c87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf17e726de47c4476" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/66a1a4e6641a44a8b6f3a5aec23b53eb.psmdcp" Id="Rb68e64c7f7d848b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>