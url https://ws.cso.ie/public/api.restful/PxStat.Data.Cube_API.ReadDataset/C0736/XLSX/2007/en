--- v0 (2025-10-04)
+++ v1 (2025-11-23)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f5f56b7d8d249e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c4631c8acc8b4162bec840a228cca755.psmdcp" Id="Rb56fc9d2e8f342b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aa535af8e944179" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0421ccae0ab94c17a6a52c3a353318eb.psmdcp" Id="R676579464eca4534" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0736</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0736/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P7</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 7 - Principal Economic Status and Industries</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -475,331 +475,162 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...279 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Education Level" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="At Work and Unemployed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L199" totalsRowShown="0">
   <x:autoFilter ref="A1:L199"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02757V03327"/>
     <x:tableColumn id="6" name="Education Level"/>
     <x:tableColumn id="7" name="C02704V03272"/>
     <x:tableColumn id="8" name="At Work and Unemployed"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1072,51 +903,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0736/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1303,51 +1134,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L199"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="86.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="44.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="55.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -8901,51 +8732,51 @@
       <x:c r="I199" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L199" s="0">
         <x:v>8016</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -8962,51 +8793,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L199" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0736"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -9226,27 +9057,2800 @@
         <x:n v="233131"/>
         <x:n v="227561"/>
         <x:n v="16624"/>
         <x:n v="210599"/>
         <x:n v="338"/>
         <x:n v="5570"/>
         <x:n v="22747"/>
         <x:n v="20327"/>
         <x:n v="622"/>
         <x:n v="19669"/>
         <x:n v="36"/>
         <x:n v="2420"/>
         <x:n v="63527"/>
         <x:n v="55511"/>
         <x:n v="2072"/>
         <x:n v="53201"/>
         <x:n v="238"/>
         <x:n v="8016"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2080126"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1930042"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="308221"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1616304"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5517"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150084"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1940335"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1806616"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299398"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1502193"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5025"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133719"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181637"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149091"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41471"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106832"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32546"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379222"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="339240"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74793"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263129"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39982"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="607848"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="573775"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89860"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="482239"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1676"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34073"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249104"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240873"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33613"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206671"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8231"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="456234"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="444746"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55473"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="388715"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11488"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66290"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58891"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4188"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54607"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7399"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139791"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123426"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8823"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114111"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16365"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139791"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123426"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8823"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114111"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16365"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1197439"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1107234"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253821"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="850592"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2821"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90205"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1121175"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1039319"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247070"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="789682"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2567"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81856"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129027"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106594"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38706"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67379"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22433"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252347"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="227193"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66791"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159685"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25154"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="356356"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="337133"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74907"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="261415"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19223"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116799"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112650"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24251"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88149"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4149"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223103"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217185"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38849"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178116"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5918"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43543"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38564"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3566"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34938"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4979"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76264"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67915"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6751"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60910"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8349"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76264"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67915"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6751"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60910"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8349"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="882687"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="822808"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54400"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="765712"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2696"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59879"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="819160"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="767297"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52328"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="712511"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2458"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51863"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52610"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42497"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2765"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39453"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10113"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126875"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112047"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8002"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103444"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14828"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="251492"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="236642"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14953"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220824"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14850"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132305"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128223"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9362"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118522"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4082"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233131"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="227561"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16624"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210599"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5570"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22747"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20327"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19669"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2420"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63527"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55511"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2072"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53201"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8016"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63527"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55511"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2072"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53201"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="C0736"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8016"/>
+  </r>
+</pivotCacheRecords>
 </file>