--- v1 (2025-11-23)
+++ v2 (2026-02-11)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aa535af8e944179" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0421ccae0ab94c17a6a52c3a353318eb.psmdcp" Id="R676579464eca4534" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4be3ad61a82044c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/caecafec22894372905db1234515e211.psmdcp" Id="R6b897e818b0247b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>