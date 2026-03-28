--- v2 (2026-02-11)
+++ v3 (2026-03-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4be3ad61a82044c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/caecafec22894372905db1234515e211.psmdcp" Id="R6b897e818b0247b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R160518f9e3c44106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e12bd94e7441443ebea4be351d372bfa.psmdcp" Id="R81aeab9145fc45b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>