--- v0 (2025-10-05)
+++ v1 (2025-11-22)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20ef6afa29904fa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/831a0f3a7be846a8a4253bd22560f1cc.psmdcp" Id="R0248bea3ee2347db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6599e3d16bcc4cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/144991277db143a2b010bf9ed8a39d83.psmdcp" Id="R1de1562f6fce457a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0732</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0732/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P7</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 7 - Principal Economic Status and Industries</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -547,435 +547,188 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...383 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02713V03281" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Industrial Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L628" totalsRowShown="0">
   <x:autoFilter ref="A1:L628"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02713V03281"/>
     <x:tableColumn id="6" name="Broad Industrial Group"/>
     <x:tableColumn id="7" name="C02712V03280"/>
     <x:tableColumn id="8" name="Religion"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1248,51 +1001,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0732/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1479,51 +1232,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L628"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="88.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="50.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -25379,51 +25132,51 @@
       <x:c r="I628" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J628" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K628" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L628" s="0">
         <x:v>879800</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -25440,51 +25193,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L628" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0732"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -26130,27 +25883,8806 @@
         <x:n v="731"/>
         <x:n v="350"/>
         <x:n v="269"/>
         <x:n v="1383"/>
         <x:n v="2678"/>
         <x:n v="685"/>
         <x:n v="58873"/>
         <x:n v="772194"/>
         <x:n v="3203"/>
         <x:n v="24383"/>
         <x:n v="5217"/>
         <x:n v="6541"/>
         <x:n v="4525"/>
         <x:n v="2324"/>
         <x:n v="12842"/>
         <x:n v="40253"/>
         <x:n v="8318"/>
         <x:n v="879800"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77427"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5388"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88460"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7032"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7654"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210410"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5902"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2881"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12946"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238879"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10101"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11071"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191351"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4504"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1550"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7839"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210703"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224302"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7794"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1379"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2991"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11662"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254130"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77734"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2109"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2307"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2984"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9089"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98082"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92352"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2463"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5519"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103905"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74542"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2555"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4424"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84111"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144177"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5829"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3900"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16468"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176686"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92093"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4725"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100101"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110187"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3411"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8232"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125839"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165325"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1972"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2002"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3459"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7926"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188650"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65752"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2560"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1379"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6341"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78546"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95261"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3177"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1927"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6194"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15748"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125970"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1638046"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9933"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52660"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10211"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11634"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10348"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4872"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25975"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104283"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24825"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1892787"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21651"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27791"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123080"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2430"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4152"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1590"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2855"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8144"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2589"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147761"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1782777"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13153"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57602"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12410"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13673"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11374"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5612"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29795"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114195"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27748"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2068339"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70314"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4717"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79508"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6372"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6939"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144502"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4102"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2071"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9800"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165505"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8087"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8882"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180856"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4183"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1541"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7416"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199044"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114341"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4364"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7112"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131697"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31879"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1695"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5299"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43385"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68531"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1791"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4195"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77199"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29877"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2679"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35198"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76484"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3312"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2504"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11168"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97412"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51776"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2999"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56625"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30747"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4108"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37362"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27601"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2734"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34934"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25859"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3476"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32425"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57205"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4124"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11394"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77982"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="924431"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7982"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30603"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6046"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6079"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6293"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2920"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15011"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67399"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17333"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1084097"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12162"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15554"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73990"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2213"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5466"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1904"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88888"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1010583"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9950"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33219"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7193"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7132"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6849"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3288"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16953"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73942"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19430"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1188539"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7113"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8952"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65908"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1800"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3146"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73374"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2014"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10495"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11659"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109961"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3430"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1379"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4550"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122433"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45855"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1422"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3790"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54697"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23821"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26706"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44665"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48913"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67693"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2517"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5300"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79274"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40317"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43476"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79440"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2422"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4124"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88477"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137724"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4132"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2349"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5192"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153716"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39893"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2865"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46121"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38056"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4354"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47988"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="713615"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1951"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22057"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4165"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5555"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4055"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1952"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10964"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36884"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7492"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="808690"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9489"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12237"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49090"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1939"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2678"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58873"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="772194"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3203"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24383"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5217"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6541"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4525"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2324"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12842"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40253"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8318"/>
+  </r>
+  <r>
+    <s v="C0732"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="879800"/>
+  </r>
+</pivotCacheRecords>
 </file>