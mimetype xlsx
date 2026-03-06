--- v1 (2025-11-22)
+++ v2 (2026-03-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6599e3d16bcc4cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/144991277db143a2b010bf9ed8a39d83.psmdcp" Id="R1de1562f6fce457a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54b82040d13f48c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c33d458f5204401d9b69fa04782197e2.psmdcp" Id="R42c5130135924355" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>