--- v0 (2025-10-11)
+++ v1 (2025-11-25)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e47129767af4dd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e0bf05eb739948e5b51adbd06742dbf4.psmdcp" Id="Ra6d922a7fb59414e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37a1ef67de7e4896" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3424ef6398c0472eb0a38b7ca3403387.psmdcp" Id="R906cab5550164ef0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>