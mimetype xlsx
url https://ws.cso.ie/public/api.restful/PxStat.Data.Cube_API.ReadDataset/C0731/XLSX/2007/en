--- v1 (2025-11-25)
+++ v2 (2026-02-14)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37a1ef67de7e4896" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3424ef6398c0472eb0a38b7ca3403387.psmdcp" Id="R906cab5550164ef0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac012f18242549a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9a66e6a4a7444ae9bb860c0005ba03b5.psmdcp" Id="R757429ae0c374dc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0731</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0731/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P7</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 7 - Principal Economic Status and Industries</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -559,443 +559,190 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...391 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Birthplace" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02713V03281" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Industrial Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L685" totalsRowShown="0">
   <x:autoFilter ref="A1:L685"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02719V03286"/>
     <x:tableColumn id="6" name="Birthplace"/>
     <x:tableColumn id="7" name="C02713V03281"/>
     <x:tableColumn id="8" name="Broad Industrial Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1268,51 +1015,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0731/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1499,51 +1246,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L685"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="88.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="48.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="50.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -27565,51 +27312,51 @@
       <x:c r="I685" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J685" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K685" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L685" s="0">
         <x:v>879800</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -27626,51 +27373,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L685" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0731"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -28380,27 +28127,9604 @@
         <x:n v="715"/>
         <x:n v="73374"/>
         <x:n v="2189"/>
         <x:n v="11659"/>
         <x:n v="122433"/>
         <x:n v="54697"/>
         <x:n v="26706"/>
         <x:n v="48913"/>
         <x:n v="79274"/>
         <x:n v="43476"/>
         <x:n v="88477"/>
         <x:n v="153716"/>
         <x:n v="46121"/>
         <x:n v="47988"/>
         <x:n v="808690"/>
         <x:n v="12237"/>
         <x:n v="58873"/>
         <x:n v="879800"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70621"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5168"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139955"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7174"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133660"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160332"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44043"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65497"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45334"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88958"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57416"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66814"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101401"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45943"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80276"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1112592"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13993"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95414"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1221999"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10006"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50015"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2693"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36297"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49811"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18101"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22835"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27601"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47944"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34701"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43186"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52542"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18511"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19845"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="435552"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2656"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21529"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="459737"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2688"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18124"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16276"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18387"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6629"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7611"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6228"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15532"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5993"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10493"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16453"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7092"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7664"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140392"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12149"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153832"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10125"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10133"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7674"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7304"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1753"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4349"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3646"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49774"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2941"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2389"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55104"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3402"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3668"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2919"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18217"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20199"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1961"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2134"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1616"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13601"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2446"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16947"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1777"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8843"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5333"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6696"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8367"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2812"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1968"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8713"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1884"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2242"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1821"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4496"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55733"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1584"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3097"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60414"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1790"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1897"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2482"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3046"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2014"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16300"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2203"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5277"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23780"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1956"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2598"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6740"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2514"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8532"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2436"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28084"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2776"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31902"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2214"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2316"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1736"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16724"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18276"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5818"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6149"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88460"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7654"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238879"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11071"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210703"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254130"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98082"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103905"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84111"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176686"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100101"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125839"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188650"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78546"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125970"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1892787"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27791"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147761"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2068339"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65729"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4736"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97020"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5848"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126982"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83385"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17796"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49736"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17938"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47652"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32575"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19431"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17410"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18221"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50945"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="655404"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8324"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59655"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="723383"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8170"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33082"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2060"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33314"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24958"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7850"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16149"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11947"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26531"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19738"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12500"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8738"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7861"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10747"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224907"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11849"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238165"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2099"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12806"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15257"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9380"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2911"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5789"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3014"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9334"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3321"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3587"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3378"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3223"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4540"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79677"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7479"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87884"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7945"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9850"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4460"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2957"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2573"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2668"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34288"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37088"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2279"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3554"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11160"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12114"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2046"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8758"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10575"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6059"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5078"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3318"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4073"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1593"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4631"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2696"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31746"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34131"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1698"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10105"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2783"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13925"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4803"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1532"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15961"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1634"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18219"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1540"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8934"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9717"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3157"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3338"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79508"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6939"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165505"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8882"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199044"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131697"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43385"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77199"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35198"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97412"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56625"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37362"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34934"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32425"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77982"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1084097"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15554"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88888"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1188539"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4892"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42935"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6678"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76947"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26247"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15761"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27396"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41306"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24841"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47383"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83991"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27722"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29331"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="457188"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5669"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35759"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="498616"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1836"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16933"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2983"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24853"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10251"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6686"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15654"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21413"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14963"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30686"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43804"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10650"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9098"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210645"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1247"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9680"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221572"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5318"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9007"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3718"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1822"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3214"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6198"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2672"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6906"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13075"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3869"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3124"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60715"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4670"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65948"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2180"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3214"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4347"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1776"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15486"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18016"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1465"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1676"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7057"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8085"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4843"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6372"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2784"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3378"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4294"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4082"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1719"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1800"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23987"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1530"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26283"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1740"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6195"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2494"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9855"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1937"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5887"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12123"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13683"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7790"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8559"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2661"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2811"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8952"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73374"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11659"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122433"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54697"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26706"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48913"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79274"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43476"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88477"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153716"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46121"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47988"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="808690"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12237"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58873"/>
+  </r>
+  <r>
+    <s v="C0731"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="879800"/>
+  </r>
+</pivotCacheRecords>
 </file>