--- v0 (2025-10-08)
+++ v1 (2025-11-24)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf5dbad05d064cf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fc2e951b99b846eea9da88932134ed44.psmdcp" Id="R9cedab88740f4c7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R020b923c305a47d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d3efbd11b6594d2d9b4092a7b31837c3.psmdcp" Id="R687abd66c2a54aaa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0730</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0730/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P7</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 7 - Principal Economic Status and Industries</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -535,411 +535,182 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...359 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02713V03281" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Industrial Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L457" totalsRowShown="0">
   <x:autoFilter ref="A1:L457"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02713V03281"/>
     <x:tableColumn id="6" name="Broad Industrial Group"/>
     <x:tableColumn id="7" name="C02537V03240"/>
     <x:tableColumn id="8" name="Nationality"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1212,51 +983,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0730/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1443,51 +1214,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L457"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="88.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="50.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="32.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -18845,51 +18616,51 @@
       <x:c r="I457" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L457" s="0">
         <x:v>879800</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -18906,51 +18677,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L457" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0730"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -19475,27 +19246,6412 @@
         <x:n v="2077"/>
         <x:n v="135"/>
         <x:n v="12237"/>
         <x:n v="47658"/>
         <x:n v="10581"/>
         <x:n v="2346"/>
         <x:n v="750"/>
         <x:n v="2441"/>
         <x:n v="5044"/>
         <x:n v="58873"/>
         <x:n v="761766"/>
         <x:n v="111755"/>
         <x:n v="25235"/>
         <x:n v="15102"/>
         <x:n v="36760"/>
         <x:n v="34658"/>
         <x:n v="6279"/>
         <x:n v="879800"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81894"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5979"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3330"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88460"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6891"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7654"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201732"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36209"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7073"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4038"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18172"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6926"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238879"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10406"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11071"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179790"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29730"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5973"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17653"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4908"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210703"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221129"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31897"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7856"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2631"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14465"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6945"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254130"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66380"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31143"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3191"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3834"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14046"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10072"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98082"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93370"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10096"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2910"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1881"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3171"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2134"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103905"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77377"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6525"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2382"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84111"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147642"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28492"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6574"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6567"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7685"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7666"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176686"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97148"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2650"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100101"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118135"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7342"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3406"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1809"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125839"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165920"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22007"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6062"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1553"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2051"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12341"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188650"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68884"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9308"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3153"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2594"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2550"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78546"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94431"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21787"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3577"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2362"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8173"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7675"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9752"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125970"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1631129"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244510"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54895"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29425"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93207"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66983"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17148"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1892787"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17233"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10236"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4726"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4364"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27791"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122299"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23351"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5874"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1597"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5011"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10869"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2111"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147761"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1770661"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278097"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61366"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31571"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102944"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82216"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19581"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2068339"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74898"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4086"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2238"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79508"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6216"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6939"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138204"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26624"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5166"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2531"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13634"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5293"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165505"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8322"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8882"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169484"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28428"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5578"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17143"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4639"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199044"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113948"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17129"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4039"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7896"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4004"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131697"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27710"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15395"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2202"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5384"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6346"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43385"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69634"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7210"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2489"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1595"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77199"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31901"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3208"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35198"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80404"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16702"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4199"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3465"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4289"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4749"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97412"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55060"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1387"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56625"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34483"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2762"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37362"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29022"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5797"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3673"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34934"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28070"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4211"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32425"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56817"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14136"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2224"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5723"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4864"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7029"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77982"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="924173"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148286"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32275"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15339"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61226"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39446"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11638"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1084097"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10081"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5286"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2388"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2287"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15554"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74641"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12770"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3528"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2570"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5825"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1477"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88888"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1008895"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166342"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36131"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16469"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66184"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47558"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13302"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1188539"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6996"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8952"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63528"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9585"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1507"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4538"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73374"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10306"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11659"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107181"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14768"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3817"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6569"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2941"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122433"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38670"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15748"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1728"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8662"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3726"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54697"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23736"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2886"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26706"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45476"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3317"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48913"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67238"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11790"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2375"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3102"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3396"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2917"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79274"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42088"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43476"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83652"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4580"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2015"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88477"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136898"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16210"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4715"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8668"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153716"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40814"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5097"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1659"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46121"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37614"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7651"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2450"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2811"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2723"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47988"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="706956"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96224"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22620"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14086"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31981"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27537"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5510"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A01"/>
+    <s v="Total at work"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="808690"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7152"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4950"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2338"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A02"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12237"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47658"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10581"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2346"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2441"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5044"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A03"/>
+    <s v="Unemployed - having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58873"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="761766"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111755"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25235"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15102"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36760"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34658"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6279"/>
+  </r>
+  <r>
+    <s v="C0730"/>
+    <s v=" Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A04"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="879800"/>
+  </r>
+</pivotCacheRecords>
 </file>