--- v1 (2025-11-24)
+++ v2 (2026-02-14)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R020b923c305a47d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d3efbd11b6594d2d9b4092a7b31837c3.psmdcp" Id="R687abd66c2a54aaa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a4a110363a84604" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bda1bc1139a34514884618bf37403005.psmdcp" Id="R6f577df772e041d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>