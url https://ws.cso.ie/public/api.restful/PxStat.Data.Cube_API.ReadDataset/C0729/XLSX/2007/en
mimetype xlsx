--- v0 (2025-10-05)
+++ v1 (2025-11-23)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4cc6cbb7614452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9a2a5d916e7b4467b497bea9e0bfe087.psmdcp" Id="Re8d90b5f5c334203" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fb32d69c0744303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4446875d5358464fb5c208c990afa2a3.psmdcp" Id="R3a57496d772342a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>