--- v1 (2025-11-23)
+++ v2 (2026-01-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fb32d69c0744303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4446875d5358464fb5c208c990afa2a3.psmdcp" Id="R3a57496d772342a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0641a6a762314e92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/99725207c5164e20afad6f0c297929e5.psmdcp" Id="R9c594b353dd84764" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0729</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged 15 Years and Over Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0729/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P7</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 7 - Principal Economic Status and Industries</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -487,347 +487,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L265" totalsRowShown="0">
   <x:autoFilter ref="A1:L265"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02704V03272"/>
     <x:tableColumn id="4" name="Principal Economic Status"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02537V03240"/>
     <x:tableColumn id="8" name="Nationality"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1100,51 +919,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0729/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1331,51 +1150,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L265"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="70.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="50.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="32.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -11437,51 +11256,51 @@
       <x:c r="I265" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L265" s="0">
         <x:v>787535</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11498,51 +11317,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L265" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0729"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02704V03272">
       <x:sharedItems count="11">
         <x:s v="801"/>
         <x:s v="-01"/>
         <x:s v="501"/>
         <x:s v="201"/>
         <x:s v="202"/>
         <x:s v="301"/>
         <x:s v="302"/>
         <x:s v="303"/>
         <x:s v="304"/>
         <x:s v="602"/>
         <x:s v="-03"/>
@@ -11865,27 +11684,3724 @@
         <x:n v="15301"/>
         <x:n v="1243178"/>
         <x:n v="419304"/>
         <x:n v="30701"/>
         <x:n v="12120"/>
         <x:n v="2700"/>
         <x:n v="1692"/>
         <x:n v="14189"/>
         <x:n v="5638"/>
         <x:n v="455643"/>
         <x:n v="719437"/>
         <x:n v="58435"/>
         <x:n v="23411"/>
         <x:n v="5385"/>
         <x:n v="5891"/>
         <x:n v="23748"/>
         <x:n v="9663"/>
         <x:n v="787535"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2909402"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="367233"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96897"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39656"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110527"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120153"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34882"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3311517"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1428199"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197043"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48251"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19169"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67876"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61747"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18940"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1644182"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1481203"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170190"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48646"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20487"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42651"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58406"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15942"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1667335"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1770661"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278097"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61366"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31571"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102944"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82216"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19581"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2068339"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1008895"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166342"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36131"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16469"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66184"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47558"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13302"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1188539"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="761766"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111755"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25235"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15102"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36760"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34658"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6279"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="879800"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1631129"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244510"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54895"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29425"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93207"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66983"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17148"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1892787"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="924173"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148286"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32275"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15339"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61226"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39446"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11638"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1084097"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="706956"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96224"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22620"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14086"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31981"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27537"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5510"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="808690"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17233"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10236"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4726"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4364"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27791"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10081"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5286"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2388"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2287"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15554"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7152"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4950"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2338"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12237"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122299"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23351"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5874"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1597"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5011"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10869"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2111"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147761"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74641"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12770"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3528"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2570"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5825"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1477"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88888"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47658"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10581"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2346"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2441"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5044"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58873"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="306433"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31963"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6683"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3376"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2445"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19459"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3229"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="341625"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144058"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15689"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2980"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10201"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161478"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162375"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16274"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3703"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1957"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9258"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1498"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180147"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345377"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32311"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12612"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2708"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4382"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12609"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5420"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="383108"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14118"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16498"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331259"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30227"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11878"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2526"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4146"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11677"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5124"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366610"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="347929"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15677"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11633"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2359"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5086"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="368692"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191102"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8203"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6045"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2790"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202095"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156827"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7474"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5588"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2296"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166597"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130090"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6380"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4222"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137776"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66244"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3320"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2185"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70241"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63846"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3060"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2037"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67535"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8912"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2805"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11977"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3782"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5331"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5130"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6646"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1138741"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89136"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35531"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8085"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7583"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37937"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15301"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1243178"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419304"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30701"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12120"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2700"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14189"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5638"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="455643"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="719437"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58435"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23411"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5385"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5891"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON6"/>
+    <s v="Other nationalities (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23748"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9663"/>
+  </r>
+  <r>
+    <s v="C0729"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="787535"/>
+  </r>
+</pivotCacheRecords>
 </file>