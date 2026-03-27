--- v2 (2026-01-20)
+++ v3 (2026-03-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0641a6a762314e92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/99725207c5164e20afad6f0c297929e5.psmdcp" Id="R9c594b353dd84764" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbce7d92b4937412f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a333bd06183f45279065d887afa5009a.psmdcp" Id="R4b55867d668f40ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>