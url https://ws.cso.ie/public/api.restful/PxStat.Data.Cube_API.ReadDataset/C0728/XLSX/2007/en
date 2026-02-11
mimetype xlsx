--- v0 (2025-11-03)
+++ v1 (2026-02-11)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fd170079a1b4e01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ce3035743be64bd3837e21fd80d37069.psmdcp" Id="R7dfd760ea98941c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R444673a7e71945d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/221725d48f0345b1906847a525f3bf64.psmdcp" Id="R103d67e5e43444ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0728</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>3/4/2021 11:00:00 AM</x:t>
+    <x:t>04/03/2021 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0728/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P7</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 7 - Principal Economic Status and Industries</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -529,411 +529,182 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...359 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Ed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02713V03281" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Industrial Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L529" totalsRowShown="0">
   <x:autoFilter ref="A1:L529"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02757V03327"/>
     <x:tableColumn id="6" name="Highest Level of Ed"/>
     <x:tableColumn id="7" name="C02713V03281"/>
     <x:tableColumn id="8" name="Broad Industrial Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1206,51 +977,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0728/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1437,51 +1208,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L529"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="44.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="50.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -21575,51 +21346,51 @@
       <x:c r="I529" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L529" s="0">
         <x:v>87945</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -21636,51 +21407,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L529" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0728"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -22197,27 +21968,7420 @@
         <x:n v="33"/>
         <x:n v="4668"/>
         <x:n v="94"/>
         <x:n v="634"/>
         <x:n v="9516"/>
         <x:n v="6967"/>
         <x:n v="1447"/>
         <x:n v="2044"/>
         <x:n v="6171"/>
         <x:n v="1567"/>
         <x:n v="4764"/>
         <x:n v="11196"/>
         <x:n v="3360"/>
         <x:n v="219778"/>
         <x:n v="272903"/>
         <x:n v="184958"/>
         <x:n v="34820"/>
         <x:n v="87945"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92389"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8079"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258123"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11602"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="227624"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="270681"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107784"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109955"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87109"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187566"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102881"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131033"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195684"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84491"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1500398"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375399"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89186"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7751"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243094"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11160"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212666"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252671"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95023"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104949"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83408"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174190"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98886"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123983"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181406"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79061"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1092899"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2850333"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25082"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18946"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23767"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19647"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8735"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11232"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7566"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6163"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5894"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12751"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6282"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="364718"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="514085"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26070"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2445"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51825"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1851"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65807"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62186"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20060"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26320"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3671"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16982"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12085"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8938"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25295"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16216"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233660"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="573411"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23548"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2470"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87122"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4135"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87053"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105396"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35857"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38123"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26780"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40296"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36139"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15116"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39915"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25707"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235841"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="803498"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7878"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32229"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1590"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16349"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30336"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13619"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12342"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16192"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26533"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17960"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12224"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39235"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11275"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62954"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301327"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4808"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49649"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2550"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15716"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31470"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14342"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15466"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35256"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81069"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25735"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80922"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61978"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18408"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89704"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="527775"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1800"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3323"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3974"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3636"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2410"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1173"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106022"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130237"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3203"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15029"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14958"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18010"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12761"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5006"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3701"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13376"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3995"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7050"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14278"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5430"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="407499"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525066"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349596"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349596"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3203"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15029"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14958"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18010"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12761"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5006"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3701"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13376"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3995"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7050"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14278"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5430"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57903"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175470"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82845"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7334"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178819"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9309"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215408"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140283"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47665"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81666"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36612"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103874"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58288"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39618"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36570"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35135"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="604701"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1678127"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80306"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7039"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168458"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8961"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201084"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131789"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41871"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78107"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34955"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96669"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55860"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37332"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33488"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33065"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="416980"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1425964"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23882"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13847"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23352"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11639"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3676"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10266"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4102"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5016"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3225"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2906"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3436"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160660"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268716"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24236"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2349"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38213"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1660"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64002"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33571"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8480"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22657"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1272"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9089"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8283"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3014"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4203"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6296"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77407"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="304732"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20242"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2156"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61175"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3348"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82444"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54172"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16232"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27110"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9121"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19727"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18620"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3274"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5906"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9411"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76650"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="409588"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6726"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21474"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13999"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14610"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6041"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7223"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5470"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13663"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9239"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2559"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4598"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4397"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16341"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127965"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3655"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31335"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1827"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13454"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15849"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6253"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9686"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18424"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49130"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14166"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24963"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15518"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9036"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35589"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249442"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2414"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3833"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1948"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50333"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65521"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2539"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10361"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14324"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8494"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5794"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3559"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1657"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7205"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2428"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2286"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3082"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187721"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252163"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164638"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164638"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2539"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10361"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14324"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8494"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5794"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3559"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1657"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7205"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2428"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2286"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3082"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23083"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87525"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9544"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79304"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2293"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12216"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130398"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60119"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28289"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50497"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83692"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44593"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91415"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159114"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49356"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="895697"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1697272"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8880"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74636"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2199"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11582"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120882"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53152"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26842"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48453"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77521"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43026"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86651"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147918"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45996"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="675919"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1424369"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5099"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8008"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5059"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3464"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2669"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9845"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2846"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204058"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245369"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1834"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13612"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1805"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28615"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11580"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3663"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2399"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7893"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3802"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5924"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21092"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9920"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156253"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268679"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3306"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25947"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4609"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51224"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19625"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11013"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17659"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20569"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17519"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11842"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34009"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16296"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159191"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393910"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10755"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2350"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15726"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7578"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5119"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10722"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12870"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8721"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9665"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34637"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6878"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46613"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173362"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18314"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2262"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15621"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8089"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5780"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16832"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31939"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11569"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55959"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46460"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9372"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54115"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278333"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1875"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55689"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64716"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4668"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9516"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6967"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2044"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6171"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4764"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11196"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3360"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="219778"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272903"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184958"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184958"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4668"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9516"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6967"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2044"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6171"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4764"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11196"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3360"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34820"/>
+  </r>
+  <r>
+    <s v="C0728"/>
+    <s v=" Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87945"/>
+  </r>
+</pivotCacheRecords>
 </file>