--- v0 (2025-11-05)
+++ v1 (2026-02-11)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raea8b44537be4248" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/145e7e61e53442419ca21e7fea1fc265.psmdcp" Id="R34c25a3258734fd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70d920844d4e430b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/56b831b3abdb43ee81f3ce0a126b8ce5.psmdcp" Id="Ref65b835b8024c58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0726</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0726/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P7</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 7 - Principal Economic Status and Industries</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -676,603 +676,230 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...551 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L925" totalsRowShown="0">
   <x:autoFilter ref="A1:L925"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02779V03348"/>
     <x:tableColumn id="8" name="Province County or City"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1545,51 +1172,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0726/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1776,51 +1403,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L925"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="75.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="24.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -36962,51 +36589,51 @@
       <x:c r="I925" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J925" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K925" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L925" s="0">
         <x:v>96</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -37023,51 +36650,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L925" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0726"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="7">
         <x:s v="-"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="545"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="7">
@@ -37918,27 +37545,12964 @@
         <x:n v="968"/>
         <x:n v="214"/>
         <x:n v="275"/>
         <x:n v="241"/>
         <x:n v="101"/>
         <x:n v="1789"/>
         <x:n v="189"/>
         <x:n v="654"/>
         <x:n v="221"/>
         <x:n v="433"/>
         <x:n v="257"/>
         <x:n v="153"/>
         <x:n v="202"/>
         <x:n v="803"/>
         <x:n v="59"/>
         <x:n v="540"/>
         <x:n v="99"/>
         <x:n v="96"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150084"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83897"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1872"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46750"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24577"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4258"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7927"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9988"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5030"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2786"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1949"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5092"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4637"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2409"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2604"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4754"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4410"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38285"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3470"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13963"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5317"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8646"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4842"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6706"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2967"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3739"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1997"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2859"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4448"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2406"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2042"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16847"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8216"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3251"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4965"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4466"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1832"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11055"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2073"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7265"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90205"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49407"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27836"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15356"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2496"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4321"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5663"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2721"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3000"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2557"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1386"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2923"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2724"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23257"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2025"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8406"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3335"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5071"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3007"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4066"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1891"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2175"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2783"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10450"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5040"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1896"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3144"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2793"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7091"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4818"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59879"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34490"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18914"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9221"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1762"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3606"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4325"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2309"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2092"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2080"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1831"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15028"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5557"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1982"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3575"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1835"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2640"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1665"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6397"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3176"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1821"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1673"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3964"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2447"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8291"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5028"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2890"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1997"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4742"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2880"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1651"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3549"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2148"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21993"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12975"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7393"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3830"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5495"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1988"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12232"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7202"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4208"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2245"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3018"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9761"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5773"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3185"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1585"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2477"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40278"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23860"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14024"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7338"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2564"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2965"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1379"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9801"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3693"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2279"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4117"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2264"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2500"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23235"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13630"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8271"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4605"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1655"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5719"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2158"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2379"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1507"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17043"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10230"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5753"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2733"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4082"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1535"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1738"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31388"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17688"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9842"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5175"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1933"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7858"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2907"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3443"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1700"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2399"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19275"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10672"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5998"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3348"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4886"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1787"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2170"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12113"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7016"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3844"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1827"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2972"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28343"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14388"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7433"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3977"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7838"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2809"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1808"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3700"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1635"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1180"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2417"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17663"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8666"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4467"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2508"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4997"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1795"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2387"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10680"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5722"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2966"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2841"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19791"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9958"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5168"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2803"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5296"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1871"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2630"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13058"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6357"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3241"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1835"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3507"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1827"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6733"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3601"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1927"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="C0726"/>
+    <s v=" Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+</pivotCacheRecords>
 </file>