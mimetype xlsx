--- v0 (2025-11-04)
+++ v1 (2025-12-28)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20623e8144894a7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a656badbaee341c98281bb6e67022af3.psmdcp" Id="Ree5acc0a1fdf4e82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e3a92416b534f46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fd08061f6f5d4d4cbca28cabc084a387.psmdcp" Id="R696254f4d17b4fb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0722</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged 15 Years and Over at Work</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>1/27/2022 11:00:00 AM</x:t>
+    <x:t>27/01/2022 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0722/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P7</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 7 - Principal Economic Status and Industries</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -478,347 +478,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Employment Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Marital Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N481" totalsRowShown="0">
   <x:autoFilter ref="A1:N481"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02704V03272"/>
     <x:tableColumn id="6" name="Employment Status"/>
     <x:tableColumn id="7" name="C02199V02655"/>
     <x:tableColumn id="8" name="Sex"/>
     <x:tableColumn id="9" name="C02325V02801"/>
     <x:tableColumn id="10" name="Marital Status"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1093,51 +918,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0722/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1324,51 +1149,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N481"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="40.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="30.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="20.853482" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -22526,51 +22351,51 @@
       <x:c r="K481" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N481" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -22587,51 +22412,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N481" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0722"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged 15 Years and Over at Work"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
@@ -23118,27 +22943,7708 @@
         <x:n v="1794"/>
         <x:n v="5813"/>
         <x:n v="412"/>
         <x:n v="615"/>
         <x:n v="6611"/>
         <x:n v="1462"/>
         <x:n v="3000"/>
         <x:n v="418"/>
         <x:n v="1731"/>
         <x:n v="300"/>
         <x:n v="80"/>
         <x:n v="182"/>
         <x:n v="64"/>
         <x:n v="92"/>
         <x:n v="118"/>
         <x:n v="16"/>
         <x:n v="66"/>
         <x:n v="32"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1930042"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="835630"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="964149"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102945"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27318"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1107234"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="471036"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="577319"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49012"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9867"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="822808"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="364594"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="386830"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53933"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17451"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="308221"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79536"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204999"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18083"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5603"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253821"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65705"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171339"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13605"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3172"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54400"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13831"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33660"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4478"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2431"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1616304"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="753567"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="756522"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84640"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21575"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="850592"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="403420"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405215"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35304"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6653"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="765712"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="350147"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="351307"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49336"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14922"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5517"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2527"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2628"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2821"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1911"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2696"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1863"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44719"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44385"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28604"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28418"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16115"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15967"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44061"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43749"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28072"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27902"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15989"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15847"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205379"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="198250"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6652"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110876"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107746"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2912"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94503"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90504"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3740"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6516"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6207"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5298"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5105"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="198227"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191434"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6337"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105121"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102195"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2720"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93106"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89239"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3617"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="584861"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389296"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184424"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10075"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317565"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="216192"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96249"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4539"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="267296"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173104"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88175"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5536"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55293"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32363"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21964"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43934"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26548"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16746"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11359"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5815"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5218"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="528341"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="356040"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162151"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9155"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272817"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188942"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79401"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3935"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255524"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167098"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82750"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5220"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1227"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="475711"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119186"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="318933"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34665"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2927"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="275808"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68240"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190598"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15862"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199903"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50946"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128335"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18803"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1819"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90292"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19882"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64790"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5293"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72748"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15961"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52771"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3825"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17544"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3921"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12019"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="384380"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98928"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253545"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29318"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2589"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202562"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51992"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137642"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12012"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181818"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46936"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115903"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17306"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1673"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="376686"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52076"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278162"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38929"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7519"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217795"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29496"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167451"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18358"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2490"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158891"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22580"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110711"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20571"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5029"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81097"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10223"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62541"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7265"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67326"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8440"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52797"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5473"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13771"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1783"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9744"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1792"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="294421"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41644"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214778"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31575"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6424"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150092"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20909"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114470"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12848"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1865"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144329"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20735"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100308"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18727"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4559"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1168"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="208873"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25161"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154864"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17440"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11408"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131789"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15503"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103171"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9171"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3944"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77084"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9658"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51693"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8269"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7464"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56314"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6501"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43537"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4015"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2261"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48168"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5718"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37959"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3209"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8146"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5578"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151629"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18516"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110631"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13379"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9103"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83294"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9686"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65021"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5934"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2653"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68335"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8830"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45610"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7445"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6450"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33813"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7276"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20828"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4272"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24797"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5441"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16775"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9016"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1835"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4053"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2601"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18268"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3940"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11857"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1872"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15981"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3583"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10870"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2287"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15245"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3256"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8813"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2346"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8634"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5813"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6611"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3000"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0722"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+</pivotCacheRecords>
 </file>