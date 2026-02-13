--- v1 (2025-12-28)
+++ v2 (2026-02-13)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e3a92416b534f46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fd08061f6f5d4d4cbca28cabc084a387.psmdcp" Id="R696254f4d17b4fb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4425a6727a7472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2201e58321844e54b50c4b906bbb394b.psmdcp" Id="Rf68119ce23384a14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>