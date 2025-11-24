--- v0 (2025-10-05)
+++ v1 (2025-11-24)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5131ab78463428c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cda7c86eebba4279a7a40f93867079e6.psmdcp" Id="R331769605ded4ebc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R727612d20c2e499b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a5da7d9430044456ab64822c397a72d4.psmdcp" Id="R423226e52395403a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0720</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0720/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P7</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 7 - Principal Economic Status and Industries</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -673,595 +673,228 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...543 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Employment Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L793" totalsRowShown="0">
   <x:autoFilter ref="A1:L793"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02704V03272"/>
     <x:tableColumn id="4" name="Employment Status"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02779V03348"/>
     <x:tableColumn id="8" name="Province County or City"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1534,51 +1167,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0720/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1765,51 +1398,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L793"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="86.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="55.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="24.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -31935,51 +31568,51 @@
       <x:c r="I793" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J793" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K793" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L793" s="0">
         <x:v>663</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -31996,51 +31629,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L793" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0720"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02704V03272">
       <x:sharedItems count="6">
         <x:s v="905"/>
         <x:s v="904"/>
         <x:s v="503"/>
         <x:s v="504"/>
         <x:s v="505"/>
         <x:s v="202"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Employment Status">
       <x:sharedItems count="6">
         <x:s v="Population aged 15 years and over at work and unemployed"/>
@@ -32924,27 +32557,11116 @@
         <x:n v="1564"/>
         <x:n v="815"/>
         <x:n v="1071"/>
         <x:n v="1665"/>
         <x:n v="922"/>
         <x:n v="743"/>
         <x:n v="6397"/>
         <x:n v="3176"/>
         <x:n v="1355"/>
         <x:n v="1821"/>
         <x:n v="361"/>
         <x:n v="1673"/>
         <x:n v="568"/>
         <x:n v="619"/>
         <x:n v="3964"/>
         <x:n v="854"/>
         <x:n v="2447"/>
         <x:n v="663"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2080126"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1161607"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23947"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="619646"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269584"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92073"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128721"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129268"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96611"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42595"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32168"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16131"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53221"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83074"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33640"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38073"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60765"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61736"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="557652"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54077"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229947"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54209"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175738"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65652"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87231"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23878"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63353"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31352"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38687"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50706"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21795"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28911"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239445"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112711"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37129"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75582"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13617"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56743"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27214"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29160"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121422"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30392"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63935"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27095"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1197439"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="658675"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14348"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340684"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146939"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50304"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71623"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71818"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55806"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24958"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19222"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9726"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30679"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48956"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20154"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22169"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36195"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35778"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="327191"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31713"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134518"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30725"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103793"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38932"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50841"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13572"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37269"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18745"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23116"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29326"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12302"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17024"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139252"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64773"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19742"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45031"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8093"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33624"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16402"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16360"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72321"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18479"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37645"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16197"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="882687"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="502932"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9599"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278962"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122645"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41769"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57098"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57450"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40805"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17637"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12946"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6405"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22542"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34118"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13486"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15904"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24570"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25958"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230461"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22364"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95429"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23484"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71945"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26720"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36390"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10306"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26084"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12607"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15571"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21380"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9493"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11887"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100193"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47938"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17387"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30551"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5524"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23119"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10812"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12800"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49101"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11913"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26290"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10898"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1930042"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1077710"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22075"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="572896"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245007"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87815"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120794"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119280"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91581"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39809"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30219"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14527"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48129"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78437"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31231"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35469"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56011"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57326"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="519367"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50607"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215984"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48892"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167092"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60810"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80525"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20911"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59614"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29355"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35828"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46258"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19389"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26869"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222598"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104495"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33878"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70617"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12669"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52277"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25829"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27328"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110367"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28319"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56670"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25378"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1107234"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="609268"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13248"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312848"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131583"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47808"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67302"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66155"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53085"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23180"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18141"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8855"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27679"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46399"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18768"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20739"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33272"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33054"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="303934"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29688"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126112"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27390"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98722"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35925"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46775"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11681"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35094"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17563"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21328"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26543"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10818"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15725"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128802"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59733"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17846"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41887"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7506"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30831"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15585"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15147"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65230"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17260"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32827"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15143"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="822808"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="468442"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8827"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260048"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113424"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40007"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53492"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53125"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38496"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16629"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12078"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5672"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20450"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32038"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12463"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14730"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22739"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24272"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215433"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20919"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89872"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21502"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68370"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24885"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33750"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9230"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24520"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11792"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14500"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19715"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8571"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11144"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93796"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44762"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16032"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28730"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5163"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21446"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10244"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12181"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45137"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11059"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23843"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10235"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="308221"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150110"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3739"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64370"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23748"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13955"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13875"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12792"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12714"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7908"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5370"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2826"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6621"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13319"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5546"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5930"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11708"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10059"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92390"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9751"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36999"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4814"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32185"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13161"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12185"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10297"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6136"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6898"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7260"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5572"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43301"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18985"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3732"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15253"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2696"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11091"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5668"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4861"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22420"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6117"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11090"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5213"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253821"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122229"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3146"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51003"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18450"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10576"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11248"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10729"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10332"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6638"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4589"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2422"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5529"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11137"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4651"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4918"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9834"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8030"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76095"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7935"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30432"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3908"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26524"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10837"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10041"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1465"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8576"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5146"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5791"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5913"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4600"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36232"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15695"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12916"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2238"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9350"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4908"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4041"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19265"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5298"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9459"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4508"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54400"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27881"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13367"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5298"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3379"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2627"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2063"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2382"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2182"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1874"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2029"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16295"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1816"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6567"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5661"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2324"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2144"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7069"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3290"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2337"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1741"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3155"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1631"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1616304"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="925114"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18232"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="507633"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220850"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73717"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106744"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106322"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78671"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31729"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24714"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11648"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41404"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64909"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25600"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29416"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44052"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47106"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="425162"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40688"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178268"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43982"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134286"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47394"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68097"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18987"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49110"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23080"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28792"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38843"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17659"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21184"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178529"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85177"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30081"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55096"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9925"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40995"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20058"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22374"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87499"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22081"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45375"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20043"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="850592"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="485798"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10040"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="261436"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112928"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37176"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55972"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55360"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42672"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16439"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13464"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6405"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22102"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35171"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14075"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15754"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23286"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24954"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="226902"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21677"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95287"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23444"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71843"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24950"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36619"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10200"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26419"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12349"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15467"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20553"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9490"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11063"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92190"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43875"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15041"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28834"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5244"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21383"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10625"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11063"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45702"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11897"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23239"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10566"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="765712"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="439316"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8192"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246197"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107922"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36541"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50772"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50962"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35999"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15290"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11250"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5243"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19302"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29738"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11525"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13662"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20766"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22152"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="198260"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19011"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82981"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20538"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62443"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22444"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31478"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8787"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22691"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10731"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13325"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18290"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8169"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10121"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86339"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41302"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15040"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26262"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4681"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19612"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9433"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11311"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41797"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10184"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22136"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9477"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5517"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2486"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1815"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2821"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2696"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150084"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83897"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1872"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46750"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24577"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4258"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7927"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9988"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5030"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2786"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1949"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5092"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4637"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2409"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2604"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4754"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4410"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38285"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3470"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13963"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5317"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8646"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4842"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6706"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2967"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3739"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1997"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2859"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4448"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2406"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2042"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16847"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8216"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3251"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4965"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4466"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1832"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11055"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2073"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7265"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90205"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49407"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27836"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15356"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2496"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4321"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5663"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2721"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3000"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2557"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1386"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2923"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2724"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23257"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2025"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8406"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3335"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5071"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3007"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4066"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1891"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2175"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2783"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10450"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5040"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1896"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3144"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2793"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7091"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4818"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59879"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34490"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18914"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9221"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1762"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3606"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4325"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2309"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2092"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2080"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1831"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15028"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5557"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1982"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3575"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1835"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2640"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1665"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6397"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3176"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1821"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1673"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3964"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2447"/>
+  </r>
+  <r>
+    <s v="C0720"/>
+    <s v=" Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+</pivotCacheRecords>
 </file>