--- v1 (2025-11-24)
+++ v2 (2026-02-02)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R727612d20c2e499b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a5da7d9430044456ab64822c397a72d4.psmdcp" Id="R423226e52395403a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R996f6a8b0bf64b74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d73b119ebf784d04b91b674577d161d1.psmdcp" Id="R922557b6e9b54879" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>