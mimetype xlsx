--- v2 (2026-02-02)
+++ v3 (2026-03-21)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R996f6a8b0bf64b74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d73b119ebf784d04b91b674577d161d1.psmdcp" Id="R922557b6e9b54879" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d28b45599294f49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/33531b62ff3a4555a0335939ab976ef0.psmdcp" Id="R04597540d7d04282" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>