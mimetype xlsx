--- v0 (2025-11-03)
+++ v1 (2026-01-12)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ca3b8e0b15d426c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/178d6c2b7d1147dfb6a4fd16109053ec.psmdcp" Id="Rd8c8915fe1c14268" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33bbf3c75c634e15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/39741089c57a4e80b5b640e3e5c90e98.psmdcp" Id="R0505090568c24a52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0717</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged 15 Years and Over at Work</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0717/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P7</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 7 - Principal Economic Status and Industries</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -1327,1459 +1327,438 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...1407 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02713V03281" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="160">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Industrial Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="160">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J481" totalsRowShown="0">
   <x:autoFilter ref="A1:J481"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02713V03281"/>
     <x:tableColumn id="6" name="Broad Industrial Group"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -3050,51 +2029,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0717/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -3281,51 +2260,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J481"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="40.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="85.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -18707,51 +17686,51 @@
       <x:c r="G481" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H481" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I481" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J481" s="0">
         <x:v>822808</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -18768,51 +17747,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J481" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0717"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged 15 Years and Over at Work"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -19619,27 +18598,5788 @@
         <x:n v="47014"/>
         <x:n v="728"/>
         <x:n v="7447"/>
         <x:n v="16596"/>
         <x:n v="879"/>
         <x:n v="2287"/>
         <x:n v="171"/>
         <x:n v="5331"/>
         <x:n v="2987"/>
         <x:n v="22243"/>
         <x:n v="2031"/>
         <x:n v="15674"/>
         <x:n v="158"/>
         <x:n v="1287"/>
         <x:n v="542"/>
         <x:n v="2551"/>
         <x:n v="50702"/>
         <x:n v="822808"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89277"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="Agriculture, hunting and related service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84771"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0112"/>
+    <s v="Market gardening"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3683"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0180"/>
+    <s v="Other agricultural activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8357"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0190"/>
+    <s v="Farming (crops, animals, mixed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72731"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0200"/>
+    <s v="Forestry, logging and related service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2424"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0500"/>
+    <s v="Fishing, operation of fish hatcheries and fish farms"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2082"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7751"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Mining of coal and lignite; extraction of peat"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1030"/>
+    <s v="Extraction and agglomeration of peat"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1090"/>
+    <s v="Mining and quarrying of coal and lignite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1100"/>
+    <s v="Extraction of crude petroleum and natural gas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1200"/>
+    <s v="Mining of uranium and thorium ores"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1300"/>
+    <s v="Mining of metal ores"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1400"/>
+    <s v="Other mining and quarrying"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4670"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243182"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="150"/>
+    <s v="Manufacture of food products and beverages"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41769"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1510"/>
+    <s v="Production, processing and preserving of meat and meat products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10276"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1520"/>
+    <s v="Processing and preserving of fish and fish products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1770"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1530"/>
+    <s v="Processing and preserving of fruit and vegetables"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1540"/>
+    <s v="Manufacture of vegetable and animal oils and fats"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1550"/>
+    <s v="Manufacture of dairy products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6605"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1560"/>
+    <s v="Manufacture of grain mill products, starches and starch products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1570"/>
+    <s v="Manufacture of prepared animal feeds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1580"/>
+    <s v="Manufacture of other food products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13861"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1590"/>
+    <s v="Manufacture of beverages"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6288"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1600"/>
+    <s v="Manufacture of tobacco products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1700"/>
+    <s v="Manufacture of textiles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3921"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1800"/>
+    <s v="Manufacture of clothes; dressing and dyeing of fur"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2854"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1900"/>
+    <s v="Tanning and dressing of leather; manufacture of luggage, handbags"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Manufacture of wood and of products of wood and cork, except furniture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5920"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2100"/>
+    <s v="Manufacture of pulp, paper and paper products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3015"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2200"/>
+    <s v="Publishing, printing and reproduction of recorded media"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16661"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="Manufacture of coke and refined petroleum products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2440"/>
+    <s v="All other manufacture of chemicals and chemical products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6119"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="249"/>
+    <s v="Manufacture of chemicals and chemical products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29939"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2490"/>
+    <s v="Manufacture of pharmaceuticals, medicinal chemicals and botanical products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23820"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="251"/>
+    <s v="Manufacture of rubber and plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6460"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2510"/>
+    <s v="Manufacture of rubber products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2520"/>
+    <s v="Manufacture of plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5903"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Manufacture of other non-metallic mineral products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14929"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2610"/>
+    <s v="Manufacture of glass and glass products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2674"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2660"/>
+    <s v="Manufacture of articles of concrete, plaster and cement"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6552"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2690"/>
+    <s v="All other manufacture of other non-metallic mineral products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5703"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="Manufacture of basic metals"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2545"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2800"/>
+    <s v="Manufacture of fabricated metal products, except machinery and equipment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23064"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2900"/>
+    <s v="Manufacture of machinery and equipment n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11432"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3000"/>
+    <s v="Manufacture of office machinery and computers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17026"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3100"/>
+    <s v="Manufacture of electrical machinery and apparatus n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4385"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3200"/>
+    <s v="Manufacture of radio, television and communications equipment and apparatus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12778"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3300"/>
+    <s v="Manufacture of medical, precision and optical instruments, watches and clocks"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22160"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3400"/>
+    <s v="Manufacture of motor vehicles, trailers and semi-trailers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4101"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3500"/>
+    <s v="Manufacture of other transport equipment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4195"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="361"/>
+    <s v="Manufacture of furniture; manufacturing n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12712"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3610"/>
+    <s v="Manufacture of furniture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9648"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3690"/>
+    <s v="Manufacturing n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3064"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3700"/>
+    <s v="Recycling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2272"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11290"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="401"/>
+    <s v="Electricity, gas, steam and hot water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9897"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4010"/>
+    <s v="Production and distribution of electricity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8277"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4020"/>
+    <s v="Manufacture of gas; distribution of gaseous fuels through mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1603"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4030"/>
+    <s v="Steam and hot water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4100"/>
+    <s v="Collection, purification and distribution of water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215184"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4510"/>
+    <s v="Building site preparation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2982"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4520"/>
+    <s v="Building of complete constructions or parts thereof; civil engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117309"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4530"/>
+    <s v="Building installation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42847"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4540"/>
+    <s v="Building completion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43945"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4550"/>
+    <s v="Renting of construction or demolition equipment with operator"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8101"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257309"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5000"/>
+    <s v="Sale, maintenance and repair of motor vehicles and motor cycles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40153"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="Wholesale trade and commission trade, except of motor vehicles and motorcycles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70455"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="521"/>
+    <s v="Retail trade, excluding motor vehicles/cycles; repair of household goods"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146701"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5211"/>
+    <s v="Retail sale in non-specialised stores with food, beverages or tobacco predominating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44662"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5220"/>
+    <s v="Retail sale of food, beverages and tobacco in specialised stores"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9301"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5241"/>
+    <s v="Retail sale of textiles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5242"/>
+    <s v="Retail sale of clothing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15301"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5243"/>
+    <s v="Retail sale of footwear and leather goods"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2785"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5244"/>
+    <s v="Retail sale of furniture, lighting equipment and household articles n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4672"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5245"/>
+    <s v="Retail sale of electrical household appliances and radio and television goods"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3936"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5246"/>
+    <s v="Retail sale of hardware, paints and glass"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9116"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5290"/>
+    <s v="Retail trade n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55569"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100731"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5510"/>
+    <s v="Hotels"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33093"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5520"/>
+    <s v="Other provision of short-stay accommodation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4217"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5530"/>
+    <s v="Restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29783"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5540"/>
+    <s v="Bars"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24671"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5550"/>
+    <s v="Canteens and catering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8967"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105705"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="601"/>
+    <s v="Land transport; transport via pipelines"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41362"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6010"/>
+    <s v="Transport via railways"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4137"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6024"/>
+    <s v="Freight transport by road"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15735"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6090"/>
+    <s v="All other land transport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21490"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6100"/>
+    <s v="Water transport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6200"/>
+    <s v="Air transport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7100"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="631"/>
+    <s v="Auxiliary transport activities; activities of travel agencies"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20373"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6310"/>
+    <s v="Cargo handling and storage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2744"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6320"/>
+    <s v="Other supporting transport activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5656"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6330"/>
+    <s v="Activities of travel agencies and tour operators; tourist assistance activities n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6674"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6340"/>
+    <s v="Activities of other transport agencies"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5299"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="641"/>
+    <s v="Post and telecommunications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34811"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6410"/>
+    <s v="Post and courier activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16472"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6420"/>
+    <s v="Telecommunications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18339"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85413"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6500"/>
+    <s v="Banking and financial services, except insurance and pension funding"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53681"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6600"/>
+    <s v="Insurance and pension funding"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18040"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="660"/>
+    <s v="Activities auxiliary to banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13692"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6710"/>
+    <s v="Activities auxiliary to banking and financial services, except insurance and pension funding"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9304"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6720"/>
+    <s v="Activities auxiliary to insurance and pension funding"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4388"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180973"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7000"/>
+    <s v="Real estate activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13089"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7100"/>
+    <s v="Renting of machinery and equipment without operator and of personal and household goods"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6490"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7200"/>
+    <s v="Computer and related activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36656"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7300"/>
+    <s v="Research and development"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3391"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="741"/>
+    <s v="Other business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121347"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7411"/>
+    <s v="Legal activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19017"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7412"/>
+    <s v="Accounting, book-keeping and auditing activities; tax consultancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18657"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7420"/>
+    <s v="Architectural and engineering activities and related technical consultancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21106"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7430"/>
+    <s v="Technical testing and analysis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7440"/>
+    <s v="Advertising"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5173"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7450"/>
+    <s v="Labour recruitment and provision of personnel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7017"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7460"/>
+    <s v="Investigation and security activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10223"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7470"/>
+    <s v="Industrial cleaning"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13914"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7490"/>
+    <s v="Miscellaneous business activities n.e.c"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25050"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101264"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7522"/>
+    <s v="Defence activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8998"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7524"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13234"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7590"/>
+    <s v="All other public administration"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79032"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127476"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8010"/>
+    <s v="Primary education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45495"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8020"/>
+    <s v="Secondary education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37564"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8030"/>
+    <s v="Higher education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24870"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8040"/>
+    <s v="Adult and other education n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19547"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191219"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8511"/>
+    <s v="Hospital activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79803"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8512"/>
+    <s v="Medical practice activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4588"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8513"/>
+    <s v="Dental practice activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19979"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8514"/>
+    <s v="Other human health activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11034"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8520"/>
+    <s v="Veterinary activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2449"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8530"/>
+    <s v="Social work activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73366"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80358"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9000"/>
+    <s v="Sewage and refuse disposal, sanitation and similar activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3800"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9100"/>
+    <s v="Activities of membership organisations n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13062"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="921"/>
+    <s v="Recreational, cultural and sporting activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36318"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9210"/>
+    <s v="Motion picture and video activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2202"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9220"/>
+    <s v="Radio and television activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5070"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9230"/>
+    <s v="Other entertainment activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6156"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9240"/>
+    <s v="News agency activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9250"/>
+    <s v="Library, archives, museums and other cultural activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3884"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9260"/>
+    <s v="Sporting activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13357"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9270"/>
+    <s v="Other recreational activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5257"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="930"/>
+    <s v="Other services activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27178"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9301"/>
+    <s v="Washing and dry-cleaning of textile and fur products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3348"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9302"/>
+    <s v="Hairdressing and other beauty treatment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17415"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9303"/>
+    <s v="Funeral and related activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9304"/>
+    <s v="Physical well-being activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1629"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9305"/>
+    <s v="Other service activities n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9500"/>
+    <s v="Private households with employed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2762"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132910"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1930042"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80103"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="Agriculture, hunting and related service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76075"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0112"/>
+    <s v="Market gardening"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0180"/>
+    <s v="Other agricultural activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7272"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0190"/>
+    <s v="Farming (crops, animals, mixed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66974"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0200"/>
+    <s v="Forestry, logging and related service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0500"/>
+    <s v="Fishing, operation of fish hatcheries and fish farms"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7026"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Mining of coal and lignite; extraction of peat"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1030"/>
+    <s v="Extraction and agglomeration of peat"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1090"/>
+    <s v="Mining and quarrying of coal and lignite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1100"/>
+    <s v="Extraction of crude petroleum and natural gas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1200"/>
+    <s v="Mining of uranium and thorium ores"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1300"/>
+    <s v="Mining of metal ores"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1400"/>
+    <s v="Other mining and quarrying"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4237"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168834"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="150"/>
+    <s v="Manufacture of food products and beverages"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28677"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1510"/>
+    <s v="Production, processing and preserving of meat and meat products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7769"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1520"/>
+    <s v="Processing and preserving of fish and fish products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1530"/>
+    <s v="Processing and preserving of fruit and vegetables"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1540"/>
+    <s v="Manufacture of vegetable and animal oils and fats"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1550"/>
+    <s v="Manufacture of dairy products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4871"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1560"/>
+    <s v="Manufacture of grain mill products, starches and starch products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1570"/>
+    <s v="Manufacture of prepared animal feeds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1580"/>
+    <s v="Manufacture of other food products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8468"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1590"/>
+    <s v="Manufacture of beverages"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4441"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1600"/>
+    <s v="Manufacture of tobacco products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1700"/>
+    <s v="Manufacture of textiles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2118"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1800"/>
+    <s v="Manufacture of clothes; dressing and dyeing of fur"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1900"/>
+    <s v="Tanning and dressing of leather; manufacture of luggage, handbags"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Manufacture of wood and of products of wood and cork, except furniture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5168"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2100"/>
+    <s v="Manufacture of pulp, paper and paper products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2089"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2200"/>
+    <s v="Publishing, printing and reproduction of recorded media"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10285"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="Manufacture of coke and refined petroleum products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2440"/>
+    <s v="All other manufacture of chemicals and chemical products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3751"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="249"/>
+    <s v="Manufacture of chemicals and chemical products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17111"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2490"/>
+    <s v="Manufacture of pharmaceuticals, medicinal chemicals and botanical products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13360"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="251"/>
+    <s v="Manufacture of rubber and plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5059"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2510"/>
+    <s v="Manufacture of rubber products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2520"/>
+    <s v="Manufacture of plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4650"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Manufacture of other non-metallic mineral products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12806"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2610"/>
+    <s v="Manufacture of glass and glass products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2056"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2660"/>
+    <s v="Manufacture of articles of concrete, plaster and cement"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5928"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2690"/>
+    <s v="All other manufacture of other non-metallic mineral products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4822"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="Manufacture of basic metals"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2225"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2800"/>
+    <s v="Manufacture of fabricated metal products, except machinery and equipment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20223"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2900"/>
+    <s v="Manufacture of machinery and equipment n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9235"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3000"/>
+    <s v="Manufacture of office machinery and computers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11082"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3100"/>
+    <s v="Manufacture of electrical machinery and apparatus n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2984"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3200"/>
+    <s v="Manufacture of radio, television and communications equipment and apparatus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8933"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3300"/>
+    <s v="Manufacture of medical, precision and optical instruments, watches and clocks"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10807"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3400"/>
+    <s v="Manufacture of motor vehicles, trailers and semi-trailers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2851"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3500"/>
+    <s v="Manufacture of other transport equipment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3742"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="361"/>
+    <s v="Manufacture of furniture; manufacturing n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9921"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3610"/>
+    <s v="Manufacture of furniture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8188"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3690"/>
+    <s v="Manufacturing n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1733"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3700"/>
+    <s v="Recycling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9070"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="Electricity, gas, steam and hot water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7873"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4010"/>
+    <s v="Production and distribution of electricity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6625"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4020"/>
+    <s v="Manufacture of gas; distribution of gaseous fuels through mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4030"/>
+    <s v="Steam and hot water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4100"/>
+    <s v="Collection, purification and distribution of water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203350"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4510"/>
+    <s v="Building site preparation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2830"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4520"/>
+    <s v="Building of complete constructions or parts thereof; civil engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110253"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4530"/>
+    <s v="Building installation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40230"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4540"/>
+    <s v="Building completion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42495"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4550"/>
+    <s v="Renting of construction or demolition equipment with operator"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7542"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133544"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5000"/>
+    <s v="Sale, maintenance and repair of motor vehicles and motor cycles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31527"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="Wholesale trade and commission trade, except of motor vehicles and motorcycles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47234"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="521"/>
+    <s v="Retail trade, excluding motor vehicles/cycles; repair of household goods"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54783"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5211"/>
+    <s v="Retail sale in non-specialised stores with food, beverages or tobacco predominating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14700"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5220"/>
+    <s v="Retail sale of food, beverages and tobacco in specialised stores"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5381"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5241"/>
+    <s v="Retail sale of textiles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5242"/>
+    <s v="Retail sale of clothing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3028"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5243"/>
+    <s v="Retail sale of footwear and leather goods"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5244"/>
+    <s v="Retail sale of furniture, lighting equipment and household articles n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2775"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5245"/>
+    <s v="Retail sale of electrical household appliances and radio and television goods"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2654"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5246"/>
+    <s v="Retail sale of hardware, paints and glass"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5831"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5290"/>
+    <s v="Retail trade n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19374"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44575"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5510"/>
+    <s v="Hotels"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13701"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5520"/>
+    <s v="Other provision of short-stay accommodation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1305"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5530"/>
+    <s v="Restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12801"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5540"/>
+    <s v="Bars"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13700"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5550"/>
+    <s v="Canteens and catering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3068"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78528"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="601"/>
+    <s v="Land transport; transport via pipelines"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37183"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6010"/>
+    <s v="Transport via railways"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3570"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6024"/>
+    <s v="Freight transport by road"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14231"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6090"/>
+    <s v="All other land transport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19382"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6100"/>
+    <s v="Water transport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6200"/>
+    <s v="Air transport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3689"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="631"/>
+    <s v="Auxiliary transport activities; activities of travel agencies"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11688"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6310"/>
+    <s v="Cargo handling and storage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2208"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6320"/>
+    <s v="Other supporting transport activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3935"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6330"/>
+    <s v="Activities of travel agencies and tour operators; tourist assistance activities n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1830"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6340"/>
+    <s v="Activities of other transport agencies"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3715"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="641"/>
+    <s v="Post and telecommunications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24402"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6410"/>
+    <s v="Post and courier activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11734"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6420"/>
+    <s v="Telecommunications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12668"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35902"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6500"/>
+    <s v="Banking and financial services, except insurance and pension funding"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21549"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6600"/>
+    <s v="Insurance and pension funding"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7697"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="660"/>
+    <s v="Activities auxiliary to banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6656"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6710"/>
+    <s v="Activities auxiliary to banking and financial services, except insurance and pension funding"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4780"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6720"/>
+    <s v="Activities auxiliary to insurance and pension funding"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100061"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7000"/>
+    <s v="Real estate activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6958"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7100"/>
+    <s v="Renting of machinery and equipment without operator and of personal and household goods"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4133"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7200"/>
+    <s v="Computer and related activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24831"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7300"/>
+    <s v="Research and development"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1590"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="741"/>
+    <s v="Other business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62549"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7411"/>
+    <s v="Legal activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5601"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7412"/>
+    <s v="Accounting, book-keeping and auditing activities; tax consultancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8451"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7420"/>
+    <s v="Architectural and engineering activities and related technical consultancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15476"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7430"/>
+    <s v="Technical testing and analysis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7440"/>
+    <s v="Advertising"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2515"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7450"/>
+    <s v="Labour recruitment and provision of personnel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2539"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7460"/>
+    <s v="Investigation and security activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8877"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7470"/>
+    <s v="Industrial cleaning"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5009"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7490"/>
+    <s v="Miscellaneous business activities n.e.c"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13396"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57239"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7522"/>
+    <s v="Defence activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8303"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7524"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10265"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7590"/>
+    <s v="All other public administration"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38671"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37920"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8010"/>
+    <s v="Primary education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6105"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8020"/>
+    <s v="Secondary education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11914"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8030"/>
+    <s v="Higher education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11362"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8040"/>
+    <s v="Adult and other education n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8539"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35530"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8511"/>
+    <s v="Hospital activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15786"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8512"/>
+    <s v="Medical practice activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8513"/>
+    <s v="Dental practice activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3972"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8514"/>
+    <s v="Other human health activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2536"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8520"/>
+    <s v="Veterinary activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8530"/>
+    <s v="Social work activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11035"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33344"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9000"/>
+    <s v="Sewage and refuse disposal, sanitation and similar activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3072"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9100"/>
+    <s v="Activities of membership organisations n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5615"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="921"/>
+    <s v="Recreational, cultural and sporting activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19722"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9210"/>
+    <s v="Motion picture and video activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9220"/>
+    <s v="Radio and television activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2783"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9230"/>
+    <s v="Other entertainment activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3502"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9240"/>
+    <s v="News agency activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9250"/>
+    <s v="Library, archives, museums and other cultural activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1597"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9260"/>
+    <s v="Sporting activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8026"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9270"/>
+    <s v="Other recreational activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2270"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="930"/>
+    <s v="Other services activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4935"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9301"/>
+    <s v="Washing and dry-cleaning of textile and fur products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9302"/>
+    <s v="Hairdressing and other beauty treatment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1741"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9303"/>
+    <s v="Funeral and related activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9304"/>
+    <s v="Physical well-being activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9305"/>
+    <s v="Other service activities n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9500"/>
+    <s v="Private households with employed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82208"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1107234"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9174"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="Agriculture, hunting and related service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8696"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0112"/>
+    <s v="Market gardening"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0180"/>
+    <s v="Other agricultural activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0190"/>
+    <s v="Farming (crops, animals, mixed)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5757"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0200"/>
+    <s v="Forestry, logging and related service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0500"/>
+    <s v="Fishing, operation of fish hatcheries and fish farms"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Mining of coal and lignite; extraction of peat"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1030"/>
+    <s v="Extraction and agglomeration of peat"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1090"/>
+    <s v="Mining and quarrying of coal and lignite"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1100"/>
+    <s v="Extraction of crude petroleum and natural gas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1200"/>
+    <s v="Mining of uranium and thorium ores"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1300"/>
+    <s v="Mining of metal ores"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1400"/>
+    <s v="Other mining and quarrying"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74348"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="150"/>
+    <s v="Manufacture of food products and beverages"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13092"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1510"/>
+    <s v="Production, processing and preserving of meat and meat products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2507"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1520"/>
+    <s v="Processing and preserving of fish and fish products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1530"/>
+    <s v="Processing and preserving of fruit and vegetables"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1540"/>
+    <s v="Manufacture of vegetable and animal oils and fats"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1550"/>
+    <s v="Manufacture of dairy products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1734"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1560"/>
+    <s v="Manufacture of grain mill products, starches and starch products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1570"/>
+    <s v="Manufacture of prepared animal feeds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1580"/>
+    <s v="Manufacture of other food products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5393"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1590"/>
+    <s v="Manufacture of beverages"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1847"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1600"/>
+    <s v="Manufacture of tobacco products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1700"/>
+    <s v="Manufacture of textiles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1803"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1800"/>
+    <s v="Manufacture of clothes; dressing and dyeing of fur"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1930"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1900"/>
+    <s v="Tanning and dressing of leather; manufacture of luggage, handbags"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Manufacture of wood and of products of wood and cork, except furniture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2100"/>
+    <s v="Manufacture of pulp, paper and paper products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2200"/>
+    <s v="Publishing, printing and reproduction of recorded media"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6376"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="Manufacture of coke and refined petroleum products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2440"/>
+    <s v="All other manufacture of chemicals and chemical products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2368"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="249"/>
+    <s v="Manufacture of chemicals and chemical products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12828"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2490"/>
+    <s v="Manufacture of pharmaceuticals, medicinal chemicals and botanical products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10460"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="251"/>
+    <s v="Manufacture of rubber and plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2510"/>
+    <s v="Manufacture of rubber products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2520"/>
+    <s v="Manufacture of plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Manufacture of other non-metallic mineral products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2123"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2610"/>
+    <s v="Manufacture of glass and glass products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2660"/>
+    <s v="Manufacture of articles of concrete, plaster and cement"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2690"/>
+    <s v="All other manufacture of other non-metallic mineral products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="Manufacture of basic metals"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2800"/>
+    <s v="Manufacture of fabricated metal products, except machinery and equipment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2841"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2900"/>
+    <s v="Manufacture of machinery and equipment n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2197"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3000"/>
+    <s v="Manufacture of office machinery and computers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5944"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3100"/>
+    <s v="Manufacture of electrical machinery and apparatus n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3200"/>
+    <s v="Manufacture of radio, television and communications equipment and apparatus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3845"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3300"/>
+    <s v="Manufacture of medical, precision and optical instruments, watches and clocks"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11353"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3400"/>
+    <s v="Manufacture of motor vehicles, trailers and semi-trailers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3500"/>
+    <s v="Manufacture of other transport equipment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="361"/>
+    <s v="Manufacture of furniture; manufacturing n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2791"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3610"/>
+    <s v="Manufacture of furniture"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1460"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3690"/>
+    <s v="Manufacturing n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3700"/>
+    <s v="Recycling"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2220"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="Electricity, gas, steam and hot water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2024"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4010"/>
+    <s v="Production and distribution of electricity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4020"/>
+    <s v="Manufacture of gas; distribution of gaseous fuels through mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4030"/>
+    <s v="Steam and hot water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4100"/>
+    <s v="Collection, purification and distribution of water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11834"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4510"/>
+    <s v="Building site preparation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4520"/>
+    <s v="Building of complete constructions or parts thereof; civil engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7056"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4530"/>
+    <s v="Building installation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2617"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4540"/>
+    <s v="Building completion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4550"/>
+    <s v="Renting of construction or demolition equipment with operator"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123765"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5000"/>
+    <s v="Sale, maintenance and repair of motor vehicles and motor cycles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8626"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="Wholesale trade and commission trade, except of motor vehicles and motorcycles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23221"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="521"/>
+    <s v="Retail trade, excluding motor vehicles/cycles; repair of household goods"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91918"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5211"/>
+    <s v="Retail sale in non-specialised stores with food, beverages or tobacco predominating"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29962"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5220"/>
+    <s v="Retail sale of food, beverages and tobacco in specialised stores"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3920"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5241"/>
+    <s v="Retail sale of textiles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5242"/>
+    <s v="Retail sale of clothing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12273"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5243"/>
+    <s v="Retail sale of footwear and leather goods"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2093"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5244"/>
+    <s v="Retail sale of furniture, lighting equipment and household articles n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1897"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5245"/>
+    <s v="Retail sale of electrical household appliances and radio and television goods"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5246"/>
+    <s v="Retail sale of hardware, paints and glass"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3285"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5290"/>
+    <s v="Retail trade n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36195"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56156"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5510"/>
+    <s v="Hotels"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19392"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5520"/>
+    <s v="Other provision of short-stay accommodation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2912"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5530"/>
+    <s v="Restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16982"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5540"/>
+    <s v="Bars"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10971"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5550"/>
+    <s v="Canteens and catering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5899"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27177"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="601"/>
+    <s v="Land transport; transport via pipelines"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4179"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6010"/>
+    <s v="Transport via railways"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6024"/>
+    <s v="Freight transport by road"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6090"/>
+    <s v="All other land transport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2108"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6100"/>
+    <s v="Water transport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6200"/>
+    <s v="Air transport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3411"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="631"/>
+    <s v="Auxiliary transport activities; activities of travel agencies"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8685"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6310"/>
+    <s v="Cargo handling and storage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6320"/>
+    <s v="Other supporting transport activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6330"/>
+    <s v="Activities of travel agencies and tour operators; tourist assistance activities n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4844"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6340"/>
+    <s v="Activities of other transport agencies"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1584"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="641"/>
+    <s v="Post and telecommunications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10409"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6410"/>
+    <s v="Post and courier activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4738"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6420"/>
+    <s v="Telecommunications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5671"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49511"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6500"/>
+    <s v="Banking and financial services, except insurance and pension funding"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32132"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6600"/>
+    <s v="Insurance and pension funding"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10343"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="660"/>
+    <s v="Activities auxiliary to banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7036"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6710"/>
+    <s v="Activities auxiliary to banking and financial services, except insurance and pension funding"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4524"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6720"/>
+    <s v="Activities auxiliary to insurance and pension funding"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2512"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80912"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7000"/>
+    <s v="Real estate activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6131"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7100"/>
+    <s v="Renting of machinery and equipment without operator and of personal and household goods"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2357"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7200"/>
+    <s v="Computer and related activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11825"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7300"/>
+    <s v="Research and development"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1801"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="741"/>
+    <s v="Other business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58798"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7411"/>
+    <s v="Legal activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13416"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7412"/>
+    <s v="Accounting, book-keeping and auditing activities; tax consultancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10206"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7420"/>
+    <s v="Architectural and engineering activities and related technical consultancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5630"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7430"/>
+    <s v="Technical testing and analysis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7440"/>
+    <s v="Advertising"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2658"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7450"/>
+    <s v="Labour recruitment and provision of personnel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4478"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7460"/>
+    <s v="Investigation and security activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1346"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7470"/>
+    <s v="Industrial cleaning"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8905"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7490"/>
+    <s v="Miscellaneous business activities n.e.c"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11654"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44025"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7522"/>
+    <s v="Defence activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7524"/>
+    <s v="Garda Síochána"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2969"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7590"/>
+    <s v="All other public administration"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40361"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89556"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8010"/>
+    <s v="Primary education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39390"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8020"/>
+    <s v="Secondary education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25650"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8030"/>
+    <s v="Higher education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13508"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8040"/>
+    <s v="Adult and other education n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11008"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155689"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8511"/>
+    <s v="Hospital activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64017"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8512"/>
+    <s v="Medical practice activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3460"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8513"/>
+    <s v="Dental practice activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16007"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8514"/>
+    <s v="Other human health activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8498"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8520"/>
+    <s v="Veterinary activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8530"/>
+    <s v="Social work activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62331"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47014"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9000"/>
+    <s v="Sewage and refuse disposal, sanitation and similar activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9100"/>
+    <s v="Activities of membership organisations n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7447"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="921"/>
+    <s v="Recreational, cultural and sporting activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16596"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9210"/>
+    <s v="Motion picture and video activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9220"/>
+    <s v="Radio and television activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2287"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9230"/>
+    <s v="Other entertainment activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2654"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9240"/>
+    <s v="News agency activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9250"/>
+    <s v="Library, archives, museums and other cultural activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2287"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9260"/>
+    <s v="Sporting activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5331"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9270"/>
+    <s v="Other recreational activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2987"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="930"/>
+    <s v="Other services activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22243"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9301"/>
+    <s v="Washing and dry-cleaning of textile and fur products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2031"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9302"/>
+    <s v="Hairdressing and other beauty treatment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15674"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9303"/>
+    <s v="Funeral and related activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9304"/>
+    <s v="Physical well-being activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9305"/>
+    <s v="Other service activities n.e.c."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9500"/>
+    <s v="Private households with employed persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50702"/>
+  </r>
+  <r>
+    <s v="C0717"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="822808"/>
+  </r>
+</pivotCacheRecords>
 </file>