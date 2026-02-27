--- v1 (2026-01-12)
+++ v2 (2026-02-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33bbf3c75c634e15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/39741089c57a4e80b5b640e3e5c90e98.psmdcp" Id="R0505090568c24a52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R977986e268874e7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/638fa8cf096742809f3c53bfd3f7f03e.psmdcp" Id="R9d83a963c61644a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>