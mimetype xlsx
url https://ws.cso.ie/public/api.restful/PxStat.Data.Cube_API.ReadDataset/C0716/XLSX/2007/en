--- v0 (2025-11-11)
+++ v1 (2025-12-30)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b094e217f9f473a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/98fa7b43b79e4a95975792408344884f.psmdcp" Id="Rd4921cd341f9461e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf7c708ddb1a468a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9f30363e8c40425687f19eaa400a9b6b.psmdcp" Id="R143fa019cb814ceb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0716</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged 15 Years and Over at Work</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0716/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P7</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 7 - Principal Economic Status and Industries</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -565,459 +565,194 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...407 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02713V03281" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Industrial Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L601" totalsRowShown="0">
   <x:autoFilter ref="A1:L601"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02713V03281"/>
     <x:tableColumn id="8" name="Intermediate Industrial Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1290,51 +1025,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0716/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1521,51 +1256,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L601"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="40.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="61.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -24395,51 +24130,51 @@
       <x:c r="I601" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J601" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L601" s="0">
         <x:v>9016</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -24456,51 +24191,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L601" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0716"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged 15 Years and Over at Work"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
@@ -25170,27 +24905,8428 @@
         <x:n v="90"/>
         <x:n v="19"/>
         <x:n v="81"/>
         <x:n v="10"/>
         <x:n v="28"/>
         <x:n v="12"/>
         <x:n v="79"/>
         <x:n v="30"/>
         <x:n v="1328"/>
         <x:n v="670"/>
         <x:n v="242"/>
         <x:n v="124"/>
         <x:n v="633"/>
         <x:n v="240"/>
         <x:n v="907"/>
         <x:n v="654"/>
         <x:n v="1200"/>
         <x:n v="9016"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89277"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7751"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243182"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35481"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6684"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7103"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5920"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19676"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36719"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14929"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95662"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21008"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11290"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215184"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257309"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100731"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105705"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85413"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180973"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101264"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127476"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191219"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80358"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132910"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1930042"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80103"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7026"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168834"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24236"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4696"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3225"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5168"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12374"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22436"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12806"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67379"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16514"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9070"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203350"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133544"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44575"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78528"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35902"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100061"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57239"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37920"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35530"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33344"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82208"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1107234"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9174"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74348"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11245"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1988"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3878"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7302"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14283"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2123"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28283"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4494"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2220"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11834"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123765"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56156"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27177"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49511"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80912"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44025"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89556"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155689"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47014"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50702"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="822808"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3452"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11207"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9557"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3440"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2532"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8667"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44719"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2791"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11054"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4567"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5152"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28604"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4990"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2167"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3515"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16115"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3533"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23146"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3455"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2742"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10222"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2303"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34743"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36704"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18439"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7028"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11390"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19214"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5517"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7560"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11341"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11201"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14474"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205379"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2962"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15491"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2112"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1392"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7040"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1902"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33449"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16872"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7326"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3824"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3993"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9116"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2876"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3061"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8420"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110876"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7655"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1343"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1350"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3182"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19832"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11113"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3204"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7397"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10098"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2641"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6180"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10112"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8140"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6054"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94503"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13480"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86060"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11084"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2127"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1891"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6402"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14594"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4344"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37334"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6598"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2428"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67354"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76072"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34861"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28758"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35523"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70754"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24205"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31981"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51573"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22986"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36997"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="584861"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11722"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1580"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56294"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7177"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3680"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7943"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3611"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25166"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5005"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1746"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62961"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38452"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16268"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18490"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14133"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36903"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11786"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7375"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8202"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8617"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23036"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317565"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1758"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29766"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3907"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2722"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6651"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12168"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1593"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4393"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37620"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18593"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10268"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21390"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33851"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12419"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24606"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43371"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14369"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13961"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="267296"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20275"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1860"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67092"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9470"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1891"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2006"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1522"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5433"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10543"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4015"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26400"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5812"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2856"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48994"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61829"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20404"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28773"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19596"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44466"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28113"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32575"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50666"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18755"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29457"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="475711"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18243"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1670"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47250"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6627"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3526"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6872"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3428"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18748"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4468"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2208"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45879"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33596"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9673"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22212"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8630"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25606"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15357"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8603"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10155"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8104"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18622"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="275808"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2032"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19842"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2843"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3671"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7652"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3115"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28233"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10731"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6561"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10966"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18860"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12756"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23972"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40511"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10651"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10835"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199903"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21988"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1977"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41980"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7079"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3659"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6002"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3095"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14136"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3834"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3496"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33362"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44592"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14555"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25412"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13112"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28220"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29337"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33708"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48204"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13698"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23045"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="376686"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19834"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30433"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5037"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2395"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4124"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2695"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10393"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3041"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2943"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31467"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23287"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6029"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20836"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5968"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16567"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17606"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10836"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9306"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6441"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14401"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217795"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2154"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11547"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2042"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1878"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3743"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21305"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8526"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4576"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7144"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11653"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11731"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22872"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38898"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7257"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8644"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158891"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19787"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1362"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19446"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3503"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2203"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2421"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5571"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1785"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17619"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24471"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7662"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13326"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4693"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14473"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12858"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19332"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25969"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8878"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17267"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="208873"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17968"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15009"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2643"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1815"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4385"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1481"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16719"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14014"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3306"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11401"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2602"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9300"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8728"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8588"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5699"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4822"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10774"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131789"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1819"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4437"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1186"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10457"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4356"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2091"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5173"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4130"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10744"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20270"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4056"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6493"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77084"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9562"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2006"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1905"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4084"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2412"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2479"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2308"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3003"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33813"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8798"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1821"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2756"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1803"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24797"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="C0716"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9016"/>
+  </r>
+</pivotCacheRecords>
 </file>