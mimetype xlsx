--- v1 (2025-12-30)
+++ v2 (2026-02-18)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf7c708ddb1a468a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9f30363e8c40425687f19eaa400a9b6b.psmdcp" Id="R143fa019cb814ceb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9178ce4abc3849e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/516afa5b54c24179b689a67841974611.psmdcp" Id="Ra03a7da969e34e43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>