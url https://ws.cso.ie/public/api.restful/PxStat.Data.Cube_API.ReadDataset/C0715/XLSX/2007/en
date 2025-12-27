--- v0 (2025-11-08)
+++ v1 (2025-12-27)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc98b315c4dda42d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eef89c37288340a6930d5cec2604dc8e.psmdcp" Id="R326b2243211f4152" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a81aab239d14c66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/38a6b8d343464328bfffdb5460c2a4a0.psmdcp" Id="R607efa8948944339" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0715</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged 15 Years and Over at Work</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0715/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P7</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 7 - Principal Economic Status and Industries</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -574,467 +574,196 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...415 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02713V03281" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Industrial Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L676" totalsRowShown="0">
   <x:autoFilter ref="A1:L676"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02713V03281"/>
     <x:tableColumn id="6" name="Intermediate Industrial Group"/>
     <x:tableColumn id="7" name="C02196V02652"/>
     <x:tableColumn id="8" name="Regional Authority"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1307,51 +1036,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0715/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1538,51 +1267,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L676"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="40.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="61.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="19.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -27262,51 +26991,51 @@
       <x:c r="I676" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J676" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K676" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L676" s="0">
         <x:v>114757</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -27323,51 +27052,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L676" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0715"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged 15 Years and Over at Work"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -28110,27 +27839,9478 @@
         <x:n v="50702"/>
         <x:n v="4201"/>
         <x:n v="3058"/>
         <x:n v="3638"/>
         <x:n v="19941"/>
         <x:n v="5732"/>
         <x:n v="3373"/>
         <x:n v="4175"/>
         <x:n v="6584"/>
         <x:n v="822808"/>
         <x:n v="82931"/>
         <x:n v="44943"/>
         <x:n v="76452"/>
         <x:n v="260048"/>
         <x:n v="94806"/>
         <x:n v="66461"/>
         <x:n v="82410"/>
         <x:n v="114757"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89277"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13462"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7445"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13328"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2987"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9016"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10196"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15562"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17281"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7751"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243182"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26983"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15291"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25189"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49481"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29668"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27324"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29999"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39247"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35481"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6091"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2575"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2585"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5527"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4080"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3341"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5214"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6068"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6684"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2156"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7103"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1840"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5920"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19676"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1316"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9252"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2693"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2126"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36719"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3338"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1908"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3442"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7350"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5080"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2623"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4439"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8539"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14929"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1993"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1910"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2769"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95662"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8221"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5841"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13383"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17227"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10632"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14467"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11389"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14502"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21008"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2861"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3845"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3082"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2740"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2582"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3035"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11290"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1924"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215184"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26225"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15475"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24635"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41756"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28457"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17728"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26893"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34015"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257309"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27132"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14896"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22869"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74873"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31651"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20358"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27687"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37843"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100731"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10727"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4986"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11194"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27997"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9607"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8447"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11317"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16456"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105705"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8730"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5261"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7177"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41262"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12655"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9409"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7986"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13225"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85413"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5936"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2794"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4739"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44461"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10692"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4095"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5499"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7197"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180973"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11909"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6385"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12399"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82071"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21014"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11783"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12285"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23127"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101264"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10628"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6820"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8397"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34089"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13134"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7592"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8753"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11851"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127476"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13528"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6831"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13420"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36634"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14021"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11525"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13100"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18417"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191219"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22882"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11187"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20010"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55203"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19635"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14773"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19781"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27748"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80358"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7252"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3828"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7031"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27439"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10766"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5813"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8311"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9918"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132910"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11100"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8209"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10111"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50923"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14400"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9365"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10985"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17817"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1930042"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="198493"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111446"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182601"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="572896"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="227344"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160487"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199981"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="276794"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80103"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12156"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6750"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12234"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2449"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7620"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9255"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13892"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15747"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7026"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168834"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18998"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11003"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16158"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33615"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20792"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19503"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21228"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27537"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24236"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4001"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1880"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3284"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2672"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2413"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3777"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4363"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4696"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3225"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5168"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12374"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5970"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1764"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22436"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2025"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1842"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4137"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3135"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2638"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5789"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12806"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1770"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1513"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1611"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1528"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2220"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67379"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5906"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4104"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8066"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12913"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7871"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10239"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8058"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10222"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16514"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2320"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3184"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2351"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2146"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2053"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2178"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9070"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2475"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203350"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25096"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14699"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23544"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38837"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26600"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16872"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25497"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32205"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133544"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14297"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7614"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12218"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39189"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16938"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10057"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13759"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19472"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44575"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4312"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1988"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4692"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14304"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4246"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3590"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4619"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6824"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78528"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6890"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4021"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5476"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29614"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9517"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6894"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6322"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9794"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35902"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2016"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21102"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4385"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1384"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1815"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2740"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100061"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6320"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3438"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6671"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45976"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11785"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6517"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6580"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12774"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57239"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5914"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3979"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4456"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18768"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7892"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4066"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4896"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7268"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37920"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3875"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1805"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4200"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11499"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3893"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3344"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3731"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5573"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35530"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4123"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1896"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3741"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11985"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3262"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2440"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3356"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4727"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33344"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2894"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2836"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11770"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4705"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2263"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3455"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3979"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82208"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6899"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5151"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6473"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30982"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8668"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5992"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6810"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11233"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1107234"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115562"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66503"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106149"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312848"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132538"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94026"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117571"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162037"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9174"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1670"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1534"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74348"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7985"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4288"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9031"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15866"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8876"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7821"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8771"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11710"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11245"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2090"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2243"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1705"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1988"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3878"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7302"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3282"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14283"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3213"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1945"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1801"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2750"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2123"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28283"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2315"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1737"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5317"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4314"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2761"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4228"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3331"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4280"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4494"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2220"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11834"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2919"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123765"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12835"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7282"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10651"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35684"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14713"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10301"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13928"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18371"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56156"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6415"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2998"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6502"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13693"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5361"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4857"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6698"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9632"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27177"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1840"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11648"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3138"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2515"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1664"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3431"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49511"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3920"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1902"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3171"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23359"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6307"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2711"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3684"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4457"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80912"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5589"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2947"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5728"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36095"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9229"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5266"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5705"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10353"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44025"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4714"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2841"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3941"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15321"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5242"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3526"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3857"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4583"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89556"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9653"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5026"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9220"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25135"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10128"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8181"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9369"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12844"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155689"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18759"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9291"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16269"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43218"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16373"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12333"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16425"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23021"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47014"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4358"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2386"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4195"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15669"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6061"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3550"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4856"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5939"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50702"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4201"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3058"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3638"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19941"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5732"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3373"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4175"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6584"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="822808"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82931"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44943"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76452"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260048"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94806"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66461"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82410"/>
+  </r>
+  <r>
+    <s v="C0715"/>
+    <s v=" Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114757"/>
+  </r>
+</pivotCacheRecords>
 </file>