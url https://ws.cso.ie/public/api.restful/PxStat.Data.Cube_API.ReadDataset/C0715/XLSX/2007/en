--- v1 (2025-12-27)
+++ v2 (2026-02-11)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a81aab239d14c66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/38a6b8d343464328bfffdb5460c2a4a0.psmdcp" Id="R607efa8948944339" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6571eab70d614314" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/32ee6e088ad04927b95e029fd1e16f15.psmdcp" Id="Rb3687bdde28248fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>