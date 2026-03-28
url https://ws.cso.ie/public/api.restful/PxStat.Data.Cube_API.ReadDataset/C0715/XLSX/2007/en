--- v2 (2026-02-11)
+++ v3 (2026-03-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6571eab70d614314" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/32ee6e088ad04927b95e029fd1e16f15.psmdcp" Id="Rb3687bdde28248fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc89099f1ad8492a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/63aa5ba8eaf14643afe0e7e9fb1d5f1e.psmdcp" Id="R2205de540ca34258" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>