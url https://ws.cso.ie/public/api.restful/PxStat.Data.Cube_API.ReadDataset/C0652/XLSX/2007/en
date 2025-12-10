--- v0 (2025-10-04)
+++ v1 (2025-12-10)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92a1375f0fda4f11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9643fe2413434838bbf213aba315c841.psmdcp" Id="R81717da23bd24036" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5f4ef858ee34484" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eec0e3f0bdeb43468ef9aea7fa743b74.psmdcp" Id="Rfe16a666bec44c06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0652</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Average Weekly Rent of Rented Private Dwellings in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0652/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P6</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 6 - Housing</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -478,339 +478,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...287 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02684V03251" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Central Heating" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L529" totalsRowShown="0">
   <x:autoFilter ref="A1:L529"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="C02701V03269"/>
     <x:tableColumn id="2" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="3" name="C02684V03251"/>
     <x:tableColumn id="4" name="Central Heating"/>
     <x:tableColumn id="5" name="C02699V03267"/>
     <x:tableColumn id="6" name="Nature of Occupancy"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="STATISTIC"/>
     <x:tableColumn id="10" name="Statistic Label"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1083,51 +908,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0652/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1314,51 +1139,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L529"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="38.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.996339" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="20.567768" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -21452,51 +21277,51 @@
       <x:c r="I529" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L529" s="0">
         <x:v>137.21</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -21513,51 +21338,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L529" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02701V03269">
       <x:sharedItems count="3">
         <x:s v="-01"/>
         <x:s v="06"/>
         <x:s v="01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Aggregate Town or Rural Area">
       <x:sharedItems count="3">
         <x:s v="State"/>
         <x:s v="Aggregate Town Area"/>
         <x:s v="Aggregate Rural Area"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02684V03251">
       <x:sharedItems count="4">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Central Heating">
@@ -22080,27 +21905,7420 @@
         <x:n v="120"/>
         <x:n v="8"/>
         <x:n v="2"/>
         <x:n v="63"/>
         <x:n v="45.51"/>
         <x:n v="157"/>
         <x:n v="12"/>
         <x:n v="18"/>
         <x:n v="22"/>
         <x:n v="4"/>
         <x:n v="1"/>
         <x:n v="0"/>
         <x:n v="98.43"/>
         <x:n v="109.18"/>
         <x:n v="226"/>
         <x:n v="3"/>
         <x:n v="57"/>
         <x:n v="137.21"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="105509"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="23755"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="35499"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="27679"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="5694"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="3617"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="1891"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="5058"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="58.84"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="50480"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="2943"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="6862"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="10179"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="12424"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="6361"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="4826"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="2775"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="158.63"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="16621"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="2367"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="3103"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="3715"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="1661"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="161.57"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="128696"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="1747"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="10488"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="25270"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="35527"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="20428"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="16948"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="12640"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="4157"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="191.09"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="82689"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="17659"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="27958"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="22550"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="4608"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="2808"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="1339"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="3722"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="59.75"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="40769"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="2385"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="5262"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="7915"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="10358"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="5220"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="4131"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="2377"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="161.48"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="13359"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="1627"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="2486"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="3293"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="173.82"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="102800"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="7159"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="19080"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="29287"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="16599"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="14312"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="10938"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="3038"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="195.75"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="20746"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="5646"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="6966"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="4681"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="55.01"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="8785"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="2123"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="1879"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="145.63"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="2948"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="106.35"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="23623"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="3200"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="5795"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="5757"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="3548"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="2411"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="171.36"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="2074"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="61.17"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="156.11"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="154.56"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="2273"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="185.37"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="85111"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="18302"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="28203"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="22305"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="4861"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="3285"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="1837"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="4071"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="61.93"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="41067"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="2244"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="4730"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="6747"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="10636"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="6092"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="4738"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="2701"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="169.26"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="12213"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="1820"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="2758"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="176.76"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="111409"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="7286"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="18259"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="31105"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="19683"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="16697"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="12351"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="3530"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="200.32"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="68184"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="13946"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="22672"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="18654"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="4004"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="3063"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="62.54"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="32921"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="3612"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="4962"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="8750"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="4991"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="4054"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="2309"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="172.56"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="9721"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="2389"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="190.92"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="88255"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="4717"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="13111"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="25349"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="15935"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="14076"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="10680"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="2550"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="205.82"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="15225"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="4008"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="5076"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="3270"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="58.94"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="7377"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="154.85"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="2225"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="116.08"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="21107"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="2465"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="4827"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="5330"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="3473"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="2397"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="1542"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="178.2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="64.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="166.57"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="163.53"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="2047"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="190.97"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="20398"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="5453"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="7296"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="5374"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="45.95"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="9413"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="2132"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="3432"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="111.82"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="4408"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="119.56"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="17287"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="3202"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="7011"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="4422"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="131.33"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="14505"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="3713"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="5286"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="3896"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="46.64"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="7848"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="2953"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="114.75"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="3638"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="128.19"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="14545"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="2442"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="5969"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="3938"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="134.39"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="5521"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="1638"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="44.17"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="96.45"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="75.72"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="2516"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="113.16"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="45.51"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="98.43"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="109.18"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0652C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="137.21"/>
+  </r>
+</pivotCacheRecords>
 </file>