--- v1 (2025-12-10)
+++ v2 (2026-02-14)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5f4ef858ee34484" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eec0e3f0bdeb43468ef9aea7fa743b74.psmdcp" Id="Rfe16a666bec44c06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fdc35a07ebf488d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/80779e8fed214070809d8e758db059c5.psmdcp" Id="R818d4f446d5a4612" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>