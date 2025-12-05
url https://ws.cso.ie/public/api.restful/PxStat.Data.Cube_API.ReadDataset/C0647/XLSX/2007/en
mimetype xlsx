--- v0 (2025-10-04)
+++ v1 (2025-12-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9abe189d50e44b6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/718acf264ac14bd0b2cc609ab25cfc0c.psmdcp" Id="R12fe76397dc14b9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re16d752d1d104581" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eb132525b9c74187af520b44ce439bc2.psmdcp" Id="Rde795be8c0ce4574" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0647</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Private Dwellings in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0647/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P6</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 6 - Housing</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -469,371 +469,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02729V03297" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Number of Rooms Occupied" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L361" totalsRowShown="0">
   <x:autoFilter ref="A1:L361"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02729V03297"/>
     <x:tableColumn id="4" name="Number of Rooms Occupied"/>
     <x:tableColumn id="5" name="C02701V03269"/>
     <x:tableColumn id="6" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="7" name="C02699V03267"/>
     <x:tableColumn id="8" name="Nature of Occupancy"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1106,51 +907,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0647/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1337,51 +1138,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L361"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="42.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="28.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="39.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -15091,51 +14892,51 @@
       <x:c r="I361" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L361" s="0">
         <x:v>14564</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15152,51 +14953,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L361" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0647"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Private Dwellings in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02729V03297">
       <x:sharedItems count="12">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="101"/>
@@ -15615,27 +15416,5068 @@
         <x:n v="5972"/>
         <x:n v="434"/>
         <x:n v="1789"/>
         <x:n v="788"/>
         <x:n v="296"/>
         <x:n v="1794"/>
         <x:n v="249"/>
         <x:n v="14502"/>
         <x:n v="30880"/>
         <x:n v="4648"/>
         <x:n v="3584"/>
         <x:n v="333"/>
         <x:n v="170"/>
         <x:n v="55"/>
         <x:n v="247"/>
         <x:n v="230"/>
         <x:n v="5168"/>
         <x:n v="14564"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="498432"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="569966"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23547"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105509"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50480"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16621"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128696"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21701"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47344"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1462296"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242963"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="358363"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17565"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85111"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41067"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12213"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111409"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9798"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34175"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="912664"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255469"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211603"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5982"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20398"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9413"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4408"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17287"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11903"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13169"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="549632"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3826"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2618"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7720"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1843"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20893"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3553"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2412"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7380"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1667"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18355"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2538"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7212"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8007"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11555"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8098"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1732"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18811"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3624"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61757"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3121"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6398"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9659"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6908"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17348"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3038"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49680"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4091"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1609"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1896"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12077"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25257"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28035"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3270"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20043"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10128"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2397"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26279"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2853"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5393"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123655"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10493"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21283"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2372"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15901"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8494"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1906"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23657"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4066"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89459"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14764"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6752"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4142"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1634"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2622"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34196"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52099"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44518"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4079"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17902"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8620"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2606"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22639"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3844"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4571"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160878"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24128"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31449"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2945"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14711"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6834"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1831"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19425"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1541"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3127"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105991"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27971"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13069"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3191"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1786"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3214"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2303"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54887"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113554"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136497"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10495"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40439"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11367"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3748"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27158"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4847"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5984"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354089"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59584"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99890"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8047"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31891"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8961"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2617"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22536"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2148"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4263"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239937"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53970"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36607"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2448"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8548"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2406"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4622"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2699"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114152"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118452"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122559"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2956"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7992"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5433"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2424"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14698"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3652"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3365"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="281531"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60308"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76028"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2169"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6427"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4246"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11893"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1602"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2037"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166311"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58144"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46531"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2805"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2050"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115220"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84017"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101755"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2121"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1481"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6241"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1943"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200869"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39760"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57531"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1576"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5023"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107819"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44257"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44224"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93050"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49065"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66809"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2225"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121819"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23918"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35890"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63820"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25147"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30919"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57999"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20531"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29172"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51548"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9148"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13845"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24113"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11383"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15327"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27435"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16945"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21376"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39813"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6662"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8838"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16299"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10283"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12538"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23514"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9704"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9556"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2041"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19670"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45444"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5056"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5972"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14502"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30880"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4648"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3584"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5168"/>
+  </r>
+  <r>
+    <s v="C0647"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14564"/>
+  </r>
+</pivotCacheRecords>
 </file>