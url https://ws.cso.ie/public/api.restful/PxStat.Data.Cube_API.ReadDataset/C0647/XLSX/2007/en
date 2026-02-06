--- v1 (2025-12-05)
+++ v2 (2026-02-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re16d752d1d104581" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eb132525b9c74187af520b44ce439bc2.psmdcp" Id="Rde795be8c0ce4574" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21a414bee8e24d72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/73ad0ab8c1864b3490cab511a27b6ac7.psmdcp" Id="Rbb7f62fa439a488e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>