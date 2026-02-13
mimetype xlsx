--- v0 (2025-10-10)
+++ v1 (2026-02-13)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86b04f9cd98a4c2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/362786236d444c229e5cdc19eb319a7e.psmdcp" Id="R1ccf1fe9ec59417f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cce26850a6845f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bd9b215d32364aacbc3dcd3a55c8caa3.psmdcp" Id="R3fdf81e1c1e44801" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0642</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Private Dwellings in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0642/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P6</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 6 - Housing</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -490,363 +490,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01936V02368" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Period in which Built" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L331" totalsRowShown="0">
   <x:autoFilter ref="A1:L331"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02701V03269"/>
     <x:tableColumn id="4" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="5" name="C02699V03267"/>
     <x:tableColumn id="6" name="Nature of Occupancy"/>
     <x:tableColumn id="7" name="C01936V02368"/>
     <x:tableColumn id="8" name="Period in which Built"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1119,51 +926,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0642/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1350,51 +1157,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L331"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="42.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="29.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="39.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="21.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -13964,51 +13771,51 @@
       <x:c r="I331" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L331" s="0">
         <x:v>13898</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14025,51 +13832,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L331" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0642"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Private Dwellings in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02701V03269">
       <x:sharedItems count="3">
         <x:s v="-01"/>
         <x:s v="06"/>
         <x:s v="01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Aggregate Town or Rural Area">
       <x:sharedItems count="3">
         <x:s v="State"/>
         <x:s v="Aggregate Town Area"/>
         <x:s v="Aggregate Rural Area"/>
       </x:sharedItems>
@@ -14461,27 +14268,4648 @@
         <x:n v="593"/>
         <x:n v="1039"/>
         <x:n v="810"/>
         <x:n v="389"/>
         <x:n v="542"/>
         <x:n v="1124"/>
         <x:n v="5068"/>
         <x:n v="549632"/>
         <x:n v="87958"/>
         <x:n v="48206"/>
         <x:n v="45717"/>
         <x:n v="30131"/>
         <x:n v="77017"/>
         <x:n v="69306"/>
         <x:n v="30188"/>
         <x:n v="55034"/>
         <x:n v="92177"/>
         <x:n v="13898"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="498432"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86192"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60367"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73378"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58973"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96131"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56070"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19124"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20906"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20341"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6950"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="569966"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34278"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25793"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39889"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29915"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73931"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71561"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47840"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88758"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150547"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7454"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23547"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4382"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3033"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5993"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3493"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2089"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105509"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2339"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4269"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9003"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9520"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18501"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15626"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7044"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11855"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19954"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7398"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50480"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4194"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2655"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2845"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2214"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3410"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4087"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4304"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7918"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12864"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5989"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16621"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2746"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2005"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3425"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128696"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14770"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6861"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6472"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4946"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7987"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9781"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10437"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18535"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33158"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15749"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21701"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5906"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2735"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2725"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2221"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1697"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1707"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47344"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3303"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2334"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2481"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1801"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2906"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2349"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2550"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5358"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22670"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1462296"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154352"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107645"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142414"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112969"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212382"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166021"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93086"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154774"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249443"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69210"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242963"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25882"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27625"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44140"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39555"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50725"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23657"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9478"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9569"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8185"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4147"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="358363"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17366"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16399"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29734"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23907"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52026"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43213"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31504"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53001"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85785"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5428"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17565"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3696"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2451"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4255"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2157"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85111"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2114"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3957"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8396"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8457"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15102"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12058"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5217"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8527"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14732"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6551"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41067"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3127"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2013"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2742"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3399"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3837"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6808"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10481"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5160"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12213"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1627"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2385"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111409"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12099"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5364"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4998"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4072"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6698"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8745"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9699"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16734"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28868"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14132"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9798"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34175"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1663"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1301"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1550"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1867"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4234"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17602"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="912664"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66394"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59439"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96697"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82838"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135365"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96715"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62898"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99740"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157266"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55312"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255469"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60310"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32742"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29238"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19418"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45406"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32413"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9646"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11337"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12156"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2803"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211603"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16912"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9394"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10155"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6008"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21905"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28348"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16336"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35757"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64762"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5982"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1738"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20398"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3399"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3568"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1827"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3328"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5222"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9413"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2383"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4408"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17287"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2671"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1801"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4290"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1617"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11903"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3972"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1651"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13169"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5068"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="549632"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87958"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48206"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45717"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30131"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77017"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69306"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30188"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55034"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92177"/>
+  </r>
+  <r>
+    <s v="C0642"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13898"/>
+  </r>
+</pivotCacheRecords>
 </file>