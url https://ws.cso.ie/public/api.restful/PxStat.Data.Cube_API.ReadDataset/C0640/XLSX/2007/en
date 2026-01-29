--- v0 (2025-11-02)
+++ v1 (2026-01-29)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3e137ca3c634c71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2013c6113aac4e9f93c8a28bd712bc01.psmdcp" Id="Rcbfe7e236451424d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R292efae5bfb34387" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/187d983e648c4a02b4927021f1d5d2da.psmdcp" Id="R264c7ecda1514481" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0640</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0640/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P6</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 6 - Housing</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -469,347 +469,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Private Accommodation" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02707V03275" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Sewerage Facility" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N337" totalsRowShown="0">
   <x:autoFilter ref="A1:N337"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02010V02440"/>
     <x:tableColumn id="4" name="Type of Private Accommodation"/>
     <x:tableColumn id="5" name="C02701V03269"/>
     <x:tableColumn id="6" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="7" name="C02254V02726"/>
     <x:tableColumn id="8" name="Persons per Household"/>
     <x:tableColumn id="9" name="C02707V03275"/>
     <x:tableColumn id="10" name="Type of Sewerage Facility"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1084,51 +909,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0640/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1315,51 +1140,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N337"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="56.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="33.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -16181,51 +16006,51 @@
       <x:c r="K337" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N337" s="0">
         <x:v>11898</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16242,51 +16067,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N337" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0640"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02010V02440">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="12"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="16"/>
         <x:s v="17"/>
         <x:s v="18"/>
         <x:s v="4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Private Accommodation">
@@ -16678,27 +16503,5404 @@
         <x:n v="92"/>
         <x:n v="151"/>
         <x:n v="103"/>
         <x:n v="35373"/>
         <x:n v="9756"/>
         <x:n v="1464"/>
         <x:n v="3798"/>
         <x:n v="180"/>
         <x:n v="38"/>
         <x:n v="93"/>
         <x:n v="4183"/>
         <x:n v="26703"/>
         <x:n v="3854"/>
         <x:n v="10218"/>
         <x:n v="507"/>
         <x:n v="82"/>
         <x:n v="144"/>
         <x:n v="11898"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1462296"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="956239"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="418033"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29685"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6979"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4179"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47181"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4106753"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2589991"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1265187"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95665"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18419"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6332"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131159"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="912664"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="847185"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24836"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1894"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2617"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35548"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2481732"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2295451"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73949"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6005"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7093"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97859"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="549632"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109054"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393197"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27791"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4362"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3595"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11633"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1625021"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="294540"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1191238"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89660"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11326"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4957"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33300"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="625988"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193855"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389635"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27230"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3573"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3352"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8343"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1905994"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="585601"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1190809"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89298"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9878"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4646"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25762"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174953"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150814"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19177"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3026"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="537552"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="462587"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58710"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4185"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1935"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9901"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="451035"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43041"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="370458"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26028"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2945"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3246"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5317"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1368442"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123014"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1132099"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85113"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7943"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4412"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15861"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="398360"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="371018"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16168"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8409"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1148139"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1069884"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44340"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3022"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3988"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26371"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345224"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="334523"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2606"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7206"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1004965"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="971584"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7570"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23075"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53136"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36495"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13562"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143174"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98300"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36770"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2344"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2195"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3296"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257522"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249729"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1972"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4787"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="675546"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="654091"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5201"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1551"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13688"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233564"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="227775"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4313"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="613038"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="596530"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2720"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12396"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23958"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21954"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62508"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57561"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2481"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109866"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99657"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3068"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5582"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222388"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197660"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7862"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1962"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13289"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103925"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96285"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5373"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209555"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191252"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2853"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1786"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12813"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5941"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3372"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1917"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12833"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6408"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5009"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30006"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25097"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2649"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55683"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45844"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5136"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3322"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24849"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22674"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45636"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41108"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2952"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5157"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2423"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10047"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4736"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4212"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8751"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7264"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14480"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11648"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8102"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6959"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13166"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10981"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31803"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9619"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4063"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17681"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84523"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25263"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10910"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47271"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22047"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8155"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13498"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57820"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21409"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35373"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9756"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3798"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4183"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26703"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3854"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10218"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C0640"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11898"/>
+  </r>
+</pivotCacheRecords>
 </file>