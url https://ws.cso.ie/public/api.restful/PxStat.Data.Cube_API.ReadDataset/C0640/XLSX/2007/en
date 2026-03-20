--- v1 (2026-01-29)
+++ v2 (2026-03-20)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R292efae5bfb34387" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/187d983e648c4a02b4927021f1d5d2da.psmdcp" Id="R264c7ecda1514481" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3709a8150bb4d75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fb2e7be0612f45a3867f107e99a3982f.psmdcp" Id="R8369f72bed9545ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>