--- v0 (2025-10-04)
+++ v1 (2025-12-15)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6512ee2fc71485d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/713dfc869dd74f6e83849d461ee9b9be.psmdcp" Id="Rf12809e87bf8462d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58376aa7aeb944b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/23a6c277e0644ea595110df6b7a5a609.psmdcp" Id="R8935543a1c7f4194" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0639</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0639/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P6</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 6 - Housing</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -472,347 +472,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Private Accommodation" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02733V03301" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Water Supply" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N337" totalsRowShown="0">
   <x:autoFilter ref="A1:N337"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02010V02440"/>
     <x:tableColumn id="4" name="Type of Private Accommodation"/>
     <x:tableColumn id="5" name="C02701V03269"/>
     <x:tableColumn id="6" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="7" name="C02254V02726"/>
     <x:tableColumn id="8" name="Persons per Household"/>
     <x:tableColumn id="9" name="C02733V03301"/>
     <x:tableColumn id="10" name="Type of Water Supply"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1087,51 +912,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0639/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1318,51 +1143,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N337"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="56.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="27.710625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -16184,51 +16009,51 @@
       <x:c r="K337" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N337" s="0">
         <x:v>12155</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16245,51 +16070,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N337" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0639"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02010V02440">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="12"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="16"/>
         <x:s v="17"/>
         <x:s v="18"/>
         <x:s v="4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Private Accommodation">
@@ -16682,27 +16507,5404 @@
         <x:n v="114"/>
         <x:n v="103"/>
         <x:n v="41"/>
         <x:n v="34308"/>
         <x:n v="9756"/>
         <x:n v="2726"/>
         <x:n v="968"/>
         <x:n v="428"/>
         <x:n v="1258"/>
         <x:n v="81"/>
         <x:n v="4295"/>
         <x:n v="26703"/>
         <x:n v="7178"/>
         <x:n v="2617"/>
         <x:n v="1086"/>
         <x:n v="3518"/>
         <x:n v="149"/>
         <x:n v="12155"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1462296"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1093189"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126609"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46458"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145341"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2908"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47791"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4106753"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3008053"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="373166"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138294"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="448326"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5310"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133604"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="912664"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="841184"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33208"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1635"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2893"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33555"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2481732"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2282326"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94085"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4676"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8688"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91512"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="549632"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252005"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93401"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44823"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142448"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2719"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14236"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1625021"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="725727"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279081"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133618"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="439638"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4865"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42092"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="625988"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="344865"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88189"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42250"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137570"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2518"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10596"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1905994"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1045696"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="267356"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127243"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="427808"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4504"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33387"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174953"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163756"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5511"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2159"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2858"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="537552"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="501983"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17512"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6818"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9204"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="451035"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181109"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82678"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41635"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135411"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2464"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7738"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1368442"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="543713"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249844"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125321"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420990"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4391"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24183"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="398360"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366476"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16948"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2303"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4168"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8306"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1148139"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1054071"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50187"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6394"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11609"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25526"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345224"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="327035"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10517"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7017"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1004965"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="948831"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32167"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22009"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53136"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39441"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6431"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1945"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3905"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143174"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105240"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18020"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5291"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10858"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3517"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257522"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="241249"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10789"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4657"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="675546"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="629089"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30941"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13301"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233564"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220328"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8806"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4156"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="613038"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="575031"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25309"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11929"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23958"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20921"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1983"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62508"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54058"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5632"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109866"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96722"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6925"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4701"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222388"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192114"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15625"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2204"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10938"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103925"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92606"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6246"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4505"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209555"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183739"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14003"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10492"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5941"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4116"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12833"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8375"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1622"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1695"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30006"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25856"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1489"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55683"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47121"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3158"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2791"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24849"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22554"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45636"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40771"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2014"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2452"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5157"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3302"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10047"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6350"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8751"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7356"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14480"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11739"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1198"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8102"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6966"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13166"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10926"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31803"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10665"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17522"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84523"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28223"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4826"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3621"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46463"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22047"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7939"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13227"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57820"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21045"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2209"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34308"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9756"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2726"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1258"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4295"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26703"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7178"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2617"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3518"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="C0639"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12155"/>
+  </r>
+</pivotCacheRecords>
 </file>