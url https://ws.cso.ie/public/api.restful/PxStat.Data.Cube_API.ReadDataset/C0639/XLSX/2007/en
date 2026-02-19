--- v1 (2025-12-15)
+++ v2 (2026-02-19)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58376aa7aeb944b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/23a6c277e0644ea595110df6b7a5a609.psmdcp" Id="R8935543a1c7f4194" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra921fa16d7254ed3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/450f39b9ffc646f5803517e8ba788b57.psmdcp" Id="R9cf1638566304ecc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>