--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R813d7a8c5d014136" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e08799c9acb74327ad3957cb50cd131d.psmdcp" Id="Rd9b40bea172546ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree36c058ca174877" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/10cc32343e594c0482fb3b1d397d7b0a.psmdcp" Id="R32f5115f8e9e4289" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0636</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0636/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P6</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 6 - Housing</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -487,371 +487,178 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Private Accommodation" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N481" totalsRowShown="0">
   <x:autoFilter ref="A1:N481"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02010V02440"/>
     <x:tableColumn id="4" name="Type of Private Accommodation"/>
     <x:tableColumn id="5" name="C02701V03269"/>
     <x:tableColumn id="6" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="7" name="C02699V03267"/>
     <x:tableColumn id="8" name="Nature of Occupancy"/>
     <x:tableColumn id="9" name="C02254V02726"/>
     <x:tableColumn id="10" name="Persons per Household"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1126,51 +933,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0636/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1357,51 +1164,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N481"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="56.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="39.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="30.567768" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -22559,51 +22366,51 @@
       <x:c r="K481" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N481" s="0">
         <x:v>26703</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -22620,51 +22427,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N481" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0636"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02010V02440">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="12"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="16"/>
         <x:s v="17"/>
         <x:s v="18"/>
         <x:s v="4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Private Accommodation">
@@ -23210,27 +23017,7708 @@
         <x:n v="5877"/>
         <x:n v="1259"/>
         <x:n v="4372"/>
         <x:n v="113"/>
         <x:n v="323"/>
         <x:n v="571"/>
         <x:n v="1685"/>
         <x:n v="134"/>
         <x:n v="285"/>
         <x:n v="54"/>
         <x:n v="141"/>
         <x:n v="131"/>
         <x:n v="346"/>
         <x:n v="387"/>
         <x:n v="4884"/>
         <x:n v="13287"/>
         <x:n v="9756"/>
         <x:n v="26703"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="498432"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1237432"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="569966"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1827536"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23547"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68647"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105509"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="306729"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50480"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126270"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16621"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43738"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128696"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="330015"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21701"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43070"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47344"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123316"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1462296"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4106753"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242963"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="564027"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="358363"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1089943"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17565"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50630"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85111"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246259"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41067"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103700"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12213"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31829"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111409"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287285"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9798"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19281"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34175"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88778"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="912664"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2481732"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255469"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="673405"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211603"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="737593"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5982"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18017"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20398"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60470"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9413"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22570"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4408"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11909"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17287"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42730"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11903"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23789"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13169"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34538"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="549632"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1625021"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="293244"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="772222"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="265829"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="945722"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4229"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12676"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11469"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37258"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8177"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23471"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4959"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14956"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17840"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51972"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11461"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23540"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8780"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24177"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="625988"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1905994"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67069"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167083"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81676"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288506"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4064"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5687"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18794"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3491"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11004"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2050"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6696"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8387"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27277"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2469"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5472"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2844"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8656"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174953"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="537552"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="226175"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="605139"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184153"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="657216"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2949"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8612"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5782"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18464"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4686"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12467"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2909"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8260"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9453"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24695"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8992"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18068"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5936"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15521"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="451035"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1368442"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113235"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269320"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185989"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="578385"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5969"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18344"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30544"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94768"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14876"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43640"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4464"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13417"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32189"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101280"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3764"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7580"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7330"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21405"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="398360"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1148139"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96353"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229227"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167983"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525092"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4392"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13391"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22151"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70510"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12721"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38552"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3734"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11407"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29089"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93089"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2680"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5390"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6121"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18307"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345224"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1004965"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16882"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40093"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18006"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53293"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1577"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4953"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8393"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24258"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2155"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5088"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3100"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8191"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3098"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53136"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143174"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77698"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168858"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88109"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245398"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11007"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31874"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40352"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123795"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8573"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21713"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2889"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7209"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21015"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58317"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2752"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5048"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5127"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13334"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257522"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="675546"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70035"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151666"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82001"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228153"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9782"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28033"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35406"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109032"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7606"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19570"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2516"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6320"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19380"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54292"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2273"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4106"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4565"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11866"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233564"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="613038"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7663"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17192"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6108"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17245"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3841"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4946"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14763"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2143"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1635"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4025"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23958"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62508"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7573"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12598"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24773"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43510"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1483"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3474"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17578"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36817"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12742"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26201"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2366"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4692"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37082"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81706"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1580"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2960"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4689"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10430"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109866"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222388"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6328"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9722"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23406"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39932"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3259"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17030"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35834"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12004"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24910"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2254"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4498"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35858"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79320"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1232"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2240"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4419"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9840"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103925"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209555"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2876"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3578"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2386"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5941"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12833"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2324"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4567"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2213"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5033"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3006"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4169"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7483"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2177"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15199"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26933"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2758"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1727"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3318"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30006"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55683"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2510"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3268"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1258"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2782"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3526"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6357"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1812"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13638"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24223"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2867"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24849"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45636"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2057"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2710"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5157"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10047"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1977"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4151"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6558"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8751"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14480"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3968"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6181"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8102"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13166"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4083"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9393"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2753"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8755"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3260"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9518"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1785"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3249"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18665"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48951"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31803"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84523"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1664"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3516"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4383"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2689"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7833"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2903"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13781"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35664"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22047"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57820"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2419"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5877"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4372"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4884"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13287"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9756"/>
+  </r>
+  <r>
+    <s v="C0636"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26703"/>
+  </r>
+</pivotCacheRecords>
 </file>