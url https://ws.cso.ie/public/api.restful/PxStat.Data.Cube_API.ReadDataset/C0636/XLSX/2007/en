--- v1 (2025-12-22)
+++ v2 (2026-02-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree36c058ca174877" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/10cc32343e594c0482fb3b1d397d7b0a.psmdcp" Id="R32f5115f8e9e4289" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f75c3c1a7aa4985" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5a2e8571dc034bac96f7a5adf570da72.psmdcp" Id="R539f1113ba1f4bcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>