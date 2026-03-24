--- v2 (2026-02-05)
+++ v3 (2026-03-24)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f75c3c1a7aa4985" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5a2e8571dc034bac96f7a5adf570da72.psmdcp" Id="R539f1113ba1f4bcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdac3d477cc047e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/86719e362c7b4a64a5274a3304f6aa96.psmdcp" Id="R3ad102e21dee474c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>