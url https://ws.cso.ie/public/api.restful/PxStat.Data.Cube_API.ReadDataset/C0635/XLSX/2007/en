--- v0 (2025-10-04)
+++ v1 (2025-12-04)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1cf5444beb4428e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1499295de4174e759dc6320a19ffd286.psmdcp" Id="R7db233d4c3564cc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d94a42f75c3453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4012cb5615a54ae481de5f694a037614.psmdcp" Id="Ra98e84f9eb42417e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0635</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0635/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P6</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 6 - Housing</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -499,379 +499,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Private Accommodation" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01936V02368" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Period in which Built" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N529" totalsRowShown="0">
   <x:autoFilter ref="A1:N529"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02010V02440"/>
     <x:tableColumn id="4" name="Type of Private Accommodation"/>
     <x:tableColumn id="5" name="C02701V03269"/>
     <x:tableColumn id="6" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="7" name="C02254V02726"/>
     <x:tableColumn id="8" name="Persons per Household"/>
     <x:tableColumn id="9" name="C01936V02368"/>
     <x:tableColumn id="10" name="Period in which Built"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1146,51 +947,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0635/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1377,51 +1178,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N529"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="56.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="21.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -24691,51 +24492,51 @@
       <x:c r="K529" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N529" s="0">
         <x:v>12989</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -24752,51 +24553,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N529" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0635"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02010V02440">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="12"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="16"/>
         <x:s v="17"/>
         <x:s v="18"/>
         <x:s v="4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Private Accommodation">
@@ -25383,27 +25184,8476 @@
         <x:n v="598"/>
         <x:n v="460"/>
         <x:n v="616"/>
         <x:n v="575"/>
         <x:n v="249"/>
         <x:n v="427"/>
         <x:n v="4734"/>
         <x:n v="26703"/>
         <x:n v="2171"/>
         <x:n v="1339"/>
         <x:n v="1098"/>
         <x:n v="771"/>
         <x:n v="1792"/>
         <x:n v="1903"/>
         <x:n v="843"/>
         <x:n v="1443"/>
         <x:n v="2354"/>
         <x:n v="12989"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1462296"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154352"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107645"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142414"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112969"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212382"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166021"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93086"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154774"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249443"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69210"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4106753"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="364339"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="259682"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="362419"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300512"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="635037"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="533621"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296565"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="486686"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="682479"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185413"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="912664"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66394"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59439"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96697"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82838"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135365"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96715"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62898"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99740"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157266"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55312"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2481732"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148548"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141423"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245567"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222048"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="402668"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290150"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186387"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="293768"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="404137"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147036"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="549632"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87958"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48206"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45717"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30131"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77017"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69306"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30188"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55034"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92177"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13898"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1625021"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215791"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118259"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116852"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78464"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="232369"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243471"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110178"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192918"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278342"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38377"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="625988"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82951"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48394"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49140"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41777"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98182"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85700"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43071"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71973"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94408"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10392"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1905994"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="208388"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120892"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127311"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109991"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="294868"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298206"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156238"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257023"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301881"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31196"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174953"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8815"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7976"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12652"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16659"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32628"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25107"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16538"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25129"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24972"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4477"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="537552"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23535"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20512"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33293"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44543"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95658"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81617"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56699"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87117"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80647"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13931"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="451035"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74136"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40418"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36488"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25118"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65554"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60593"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26533"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46844"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69436"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5915"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1368442"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184853"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100380"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94018"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65448"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199210"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="216589"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99539"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169906"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221234"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17265"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="398360"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15748"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22056"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40935"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40435"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67698"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45064"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30232"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51327"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71378"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13487"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1148139"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40086"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56946"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107062"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111138"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207351"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140610"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94106"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154828"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194063"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41949"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345224"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9445"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17495"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35390"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37737"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61955"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40147"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28119"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46093"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56803"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12040"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1004965"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25233"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45889"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92830"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104113"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190577"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125176"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87590"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139352"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156088"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38117"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53136"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6303"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4561"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5545"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2698"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5743"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4917"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2113"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5234"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14575"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143174"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14853"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11057"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14232"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7025"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16774"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15434"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6516"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15476"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37975"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3832"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257522"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37111"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29146"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43461"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22727"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37306"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24337"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8341"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11455"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32957"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10681"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="675546"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83631"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66922"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109767"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62781"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113719"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72972"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22869"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31418"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81267"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30200"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233564"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32747"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27388"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40934"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21271"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33130"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22004"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7690"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10152"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28480"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9768"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="613038"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74000"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63097"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103623"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58684"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101180"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65556"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20965"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27861"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70399"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27673"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23958"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4364"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1758"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2527"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4176"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2333"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4477"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62508"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9631"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3825"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6144"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4097"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12539"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7416"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1904"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3557"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10868"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2527"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109866"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3037"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2552"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4634"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5248"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5763"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7977"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9604"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17093"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44991"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8967"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222388"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5523"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5262"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10075"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11061"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10829"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14413"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18820"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35923"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90496"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19986"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103925"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2648"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2288"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4404"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5008"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5241"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7491"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9215"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16293"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42693"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8644"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209555"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4764"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4726"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9584"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10546"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9533"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13072"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17944"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34217"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85853"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19316"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5941"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2298"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12833"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4643"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30006"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11235"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3339"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2300"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2230"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4674"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55683"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19895"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5721"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4198"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2540"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2595"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2204"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1896"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3104"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4839"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8691"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24849"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9590"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2801"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4198"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45636"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16560"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4716"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3423"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1993"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1975"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1545"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3812"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7797"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5157"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10047"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3335"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8751"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2678"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14480"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3488"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2119"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2902"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8102"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2572"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1664"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13166"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3299"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1878"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2702"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31803"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1180"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1668"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2696"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19255"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84523"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3328"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2627"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3073"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2316"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4948"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4426"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2068"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3434"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7814"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50489"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22047"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14521"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57820"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1975"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1545"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3156"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2523"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1991"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5460"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37500"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9756"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4734"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26703"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2171"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1339"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1792"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1903"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2354"/>
+  </r>
+  <r>
+    <s v="C0635"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12989"/>
+  </r>
+</pivotCacheRecords>
 </file>