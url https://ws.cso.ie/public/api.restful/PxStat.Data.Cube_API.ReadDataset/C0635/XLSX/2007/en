--- v1 (2025-12-04)
+++ v2 (2026-01-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d94a42f75c3453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4012cb5615a54ae481de5f694a037614.psmdcp" Id="Ra98e84f9eb42417e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0c2bf86a5ee449f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f4ea495573b4447fadf138f5cc3f1a2f.psmdcp" Id="R2cd75afef0cd4e8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>