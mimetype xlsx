--- v2 (2026-01-28)
+++ v3 (2026-03-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0c2bf86a5ee449f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f4ea495573b4447fadf138f5cc3f1a2f.psmdcp" Id="R2cd75afef0cd4e8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb90df902c0dc4368" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d57d73ff8e16475788f8379a8211e68a.psmdcp" Id="R08b669e9278544d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>