--- v0 (2025-10-04)
+++ v1 (2025-12-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf29ead519f1496d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a0de9768e19c46b6a0ac90582a879d5a.psmdcp" Id="Rcd75669c207749dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98b265aae2c2427c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/49eafa5d38fe47b68d29085767d0d2ec.psmdcp" Id="Rde393707a84b464f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0633</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0633/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P6</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 6 - Housing</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -640,571 +640,216 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...519 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02703V03271" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Computer and Internet Access" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J353" totalsRowShown="0">
   <x:autoFilter ref="A1:J353"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02703V03271"/>
     <x:tableColumn id="4" name="Computer and Internet Access"/>
     <x:tableColumn id="5" name="C02779V03348"/>
     <x:tableColumn id="6" name="Province County or City"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1475,51 +1120,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0633/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1706,51 +1351,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J353"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="24.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -13036,51 +12681,51 @@
       <x:c r="G353" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I353" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J353" s="0">
         <x:v>1224</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13097,51 +12742,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J353" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0633"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02703V03271">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Computer and Internet Access">
@@ -13605,27 +13250,4252 @@
         <x:n v="1179"/>
         <x:n v="603"/>
         <x:n v="772"/>
         <x:n v="1292"/>
         <x:n v="803"/>
         <x:n v="489"/>
         <x:n v="6366"/>
         <x:n v="3464"/>
         <x:n v="936"/>
         <x:n v="2528"/>
         <x:n v="282"/>
         <x:n v="1565"/>
         <x:n v="521"/>
         <x:n v="534"/>
         <x:n v="3894"/>
         <x:n v="1567"/>
         <x:n v="1103"/>
         <x:n v="1224"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1462296"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="791277"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17074"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419529"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190711"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68375"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80085"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80358"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60578"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29478"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22421"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12042"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38598"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53575"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23533"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26881"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45096"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42472"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="406798"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38026"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166542"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43871"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122671"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47743"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63956"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19513"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44443"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22866"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29221"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38444"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17049"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21395"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173941"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78206"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25324"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52882"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10541"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43218"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20624"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21352"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90280"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21781"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49993"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18506"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="828356"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="470775"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9248"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254506"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98878"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48357"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55103"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52168"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39134"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16601"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12008"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5778"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21801"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33801"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12143"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14578"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24203"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26974"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="219611"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21700"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92841"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21108"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71733"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24049"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33748"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8812"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24936"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11844"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14474"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20955"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8716"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12239"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92220"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43474"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14477"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28997"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5167"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21563"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10522"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11494"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45750"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10796"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25518"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9436"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="599417"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299899"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7424"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152235"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84522"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18651"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22809"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26253"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20167"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12273"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9937"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5923"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15917"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18766"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10839"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11652"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20183"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14583"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178422"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15556"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69868"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21232"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48636"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22688"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28929"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10251"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18678"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10574"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14227"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16580"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7696"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8884"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78119"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32842"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10068"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22774"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5170"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20840"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9762"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9505"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42977"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10531"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23721"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8725"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34523"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20603"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12788"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7311"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2173"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1937"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8765"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3833"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1531"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2302"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3602"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1553"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="292110"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196105"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2213"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134923"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51172"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27284"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27712"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28755"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14385"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3919"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2671"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6821"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9889"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2483"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3678"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4510"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9424"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64269"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5309"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29671"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9703"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19968"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5368"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10227"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3768"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6459"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2522"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3557"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7615"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4655"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2960"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22988"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13364"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7990"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5374"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4371"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1926"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2510"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8748"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1980"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4878"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="390535"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195256"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4916"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81709"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29223"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16077"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20290"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16119"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18265"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9545"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6575"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3326"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10594"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18298"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6680"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7733"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14396"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13219"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116056"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12435"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47765"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7014"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40751"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14389"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16783"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3002"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13781"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6787"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8136"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9761"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2674"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7087"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52065"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22426"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4234"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18192"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3252"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13169"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6339"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6879"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27158"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6526"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15153"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5479"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="703907"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354264"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8802"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178946"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95393"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23288"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29208"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31057"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24871"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14283"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11798"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6610"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18749"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22665"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12723"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13802"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23446"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17569"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206641"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18023"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79015"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23751"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55264"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25020"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35097"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12073"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23024"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12954"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16756"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19776"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8917"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10859"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92522"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38952"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12164"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26788"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6190"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24113"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11838"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11429"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50480"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11708"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28859"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9913"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75744"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45652"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23951"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14923"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2875"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4427"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3057"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2434"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2723"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1668"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2744"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2260"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19832"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2259"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10091"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3403"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6688"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2966"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1849"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6366"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3464"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2528"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3894"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="C0633"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+</pivotCacheRecords>
 </file>