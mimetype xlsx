--- v1 (2025-12-07)
+++ v2 (2026-01-30)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98b265aae2c2427c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/49eafa5d38fe47b68d29085767d0d2ec.psmdcp" Id="Rde393707a84b464f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b31b686534040cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e1ef77143f344609a8b13ae02b6f225b.psmdcp" Id="Re68b7a36c80c4a62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>