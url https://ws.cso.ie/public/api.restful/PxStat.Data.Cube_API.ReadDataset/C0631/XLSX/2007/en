--- v0 (2025-10-02)
+++ v1 (2025-11-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R247631be56004a6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/08e6c85052834e98b049a6491bc9276b.psmdcp" Id="R2d89d6ef2d994d18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc94b449b5844ee2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f90b01872064f789443a22160394efb.psmdcp" Id="R26ace41a7a6d4d25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>