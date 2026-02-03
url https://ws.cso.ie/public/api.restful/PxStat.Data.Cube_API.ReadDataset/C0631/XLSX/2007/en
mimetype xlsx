--- v1 (2025-11-16)
+++ v2 (2026-02-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc94b449b5844ee2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f90b01872064f789443a22160394efb.psmdcp" Id="R26ace41a7a6d4d25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabc6bc806d394818" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/26e5e5b7147b4143ac4512b80955d9a2.psmdcp" Id="Reb8b8b314aea4985" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0631</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0631/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P6</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 6 - Housing</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -1459,1643 +1459,484 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...1591 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02684V03251" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Central Heating" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02800V03369" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="182">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+      </items>
+    </pivotField>
+    <pivotField name="Towns by Size" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="182">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J729" totalsRowShown="0">
   <x:autoFilter ref="A1:J729"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02684V03251"/>
     <x:tableColumn id="4" name="Central Heating"/>
     <x:tableColumn id="5" name="C02800V03369"/>
     <x:tableColumn id="6" name="Towns by Size"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -3366,51 +2207,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0631/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -3597,51 +2438,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J729"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="60.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -26959,51 +25800,51 @@
       <x:c r="G729" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H729" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I729" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J729" s="0">
         <x:v>11374</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -27020,51 +25861,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J729" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0631"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02684V03251">
       <x:sharedItems count="4">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Central Heating">
       <x:sharedItems count="4">
         <x:s v="All households"/>
         <x:s v="Yes"/>
         <x:s v="No"/>
@@ -28012,27 +26853,8764 @@
         <x:n v="19"/>
         <x:n v="11"/>
         <x:n v="13"/>
         <x:n v="24"/>
         <x:n v="25"/>
         <x:n v="4"/>
         <x:n v="16"/>
         <x:n v="15"/>
         <x:n v="12"/>
         <x:n v="2"/>
         <x:n v="5"/>
         <x:n v="7"/>
         <x:n v="26506"/>
         <x:n v="719"/>
         <x:n v="982"/>
         <x:n v="796"/>
         <x:n v="8877"/>
         <x:n v="11374"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1462296"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="100100"/>
+    <s v="Dublin and Surburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="372560"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143254"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66957"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32546"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25423"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18328"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215600"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12572"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12736"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11525"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10825"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8520"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8685"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101400"/>
+    <s v="Tralee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8292"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101500"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8201"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7447"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101700"/>
+    <s v="Naas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6502"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101800"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6964"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101900"/>
+    <s v="Droichead Nua"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6185"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102000"/>
+    <s v="Mullingar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6489"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102100"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6980"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102200"/>
+    <s v="Letterkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6282"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6407"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102400"/>
+    <s v="Celbridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5503"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102500"/>
+    <s v="Clonmel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6352"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102600"/>
+    <s v="Balbriggan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5765"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4935"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102800"/>
+    <s v="Leixlip"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4507"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4896"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103000"/>
+    <s v="Killarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4069"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103100"/>
+    <s v="Greystones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5195"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4515"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103300"/>
+    <s v="Carrigaline"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4258"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103400"/>
+    <s v="Castlebar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4476"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103500"/>
+    <s v="Arklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4264"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4139"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103700"/>
+    <s v="Maynooth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3445"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103800"/>
+    <s v="Ballina"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3863"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3818"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3410"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104100"/>
+    <s v="Midleton"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3578"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104200"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96598"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104300"/>
+    <s v="Tramore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3496"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104400"/>
+    <s v="Enniscorthy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3519"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104500"/>
+    <s v="Skerries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3265"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104600"/>
+    <s v="Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3302"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104700"/>
+    <s v="Portmarnock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2960"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104800"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3124"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104900"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3197"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105000"/>
+    <s v="Ashbourne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2883"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105100"/>
+    <s v="Dungarvan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3073"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105200"/>
+    <s v="Rush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2697"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105300"/>
+    <s v="Athy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2908"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105400"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2879"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105500"/>
+    <s v="Nenagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2957"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105600"/>
+    <s v="New Ross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2844"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105700"/>
+    <s v="Thurles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2996"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105800"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2638"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105900"/>
+    <s v="Ratoath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106000"/>
+    <s v="Gorey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2650"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106100"/>
+    <s v="Tuam"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2705"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106200"/>
+    <s v="Trim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2481"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106400"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2335"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106500"/>
+    <s v="Ballinasloe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2117"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106600"/>
+    <s v="Portarlington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2289"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2036"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106800"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2113"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106900"/>
+    <s v="Edenderry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107000"/>
+    <s v="Fermoy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2133"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107100"/>
+    <s v="Bandon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2132"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107200"/>
+    <s v="Dunboyne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1624"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107300"/>
+    <s v="Donabate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1878"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107400"/>
+    <s v="Westport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1771"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107500"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107600"/>
+    <s v="Lusk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1936"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107700"/>
+    <s v="Passage West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107800"/>
+    <s v="Newcastle West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1901"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1772"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108000"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1939"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108100"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108200"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38940"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108300"/>
+    <s v="Clane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1708"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1714"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108500"/>
+    <s v="Ardee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1624"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108600"/>
+    <s v="Loughrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108700"/>
+    <s v="Carrickmacross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108800"/>
+    <s v="Listowel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108900"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109000"/>
+    <s v="Clonakilty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1432"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109100"/>
+    <s v="Kilcock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109300"/>
+    <s v="Mountmellick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109400"/>
+    <s v="Blessington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109500"/>
+    <s v="Sallins"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109600"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109700"/>
+    <s v="Macroom"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109800"/>
+    <s v="Oranmore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109900"/>
+    <s v="Dunshaughlin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110000"/>
+    <s v="Cahir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110100"/>
+    <s v="Mitchelstown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110200"/>
+    <s v="Bantry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110300"/>
+    <s v="Kilcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110400"/>
+    <s v="Duleek"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110500"/>
+    <s v="Athenry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110600"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110700"/>
+    <s v="Castleblayney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110800"/>
+    <s v="Tower"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110900"/>
+    <s v="Tullow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111000"/>
+    <s v="Monasterevin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111100"/>
+    <s v="Clara"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111200"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45712"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111300"/>
+    <s v="Kilcullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111400"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111500"/>
+    <s v="Cashel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111600"/>
+    <s v="Rathcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111700"/>
+    <s v="Carrigtwohill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111800"/>
+    <s v="Muinebeag"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111900"/>
+    <s v="Gort"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112000"/>
+    <s v="Kilrush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112100"/>
+    <s v="Ballyshannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112200"/>
+    <s v="Claremorris"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112400"/>
+    <s v="Boyle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112500"/>
+    <s v="Kill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112600"/>
+    <s v="Stamullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112700"/>
+    <s v="Blarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112800"/>
+    <s v="Templemore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112900"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113000"/>
+    <s v="Skibbereen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113100"/>
+    <s v="Castleisland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113200"/>
+    <s v="Kinnegad"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113300"/>
+    <s v="Athboy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113400"/>
+    <s v="Enfield"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113500"/>
+    <s v="Ballinrobe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113600"/>
+    <s v="Bailieborough"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113700"/>
+    <s v="Bundoran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113800"/>
+    <s v="Abbeyfeale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113900"/>
+    <s v="Prosperous"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114000"/>
+    <s v="Carndonagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114100"/>
+    <s v="An Daingean"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114200"/>
+    <s v="Kanturk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114300"/>
+    <s v="Cootehill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114400"/>
+    <s v="Moate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114500"/>
+    <s v="Enniskerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114600"/>
+    <s v="Castlerea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114700"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114800"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114900"/>
+    <s v="Rathnew"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="115000"/>
+    <s v="Annacotty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="115100"/>
+    <s v="Thomastown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="115200"/>
+    <s v="Callan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="115300"/>
+    <s v="Clones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="115400"/>
+    <s v="Kingscourt"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="115500"/>
+    <s v="Baltinglass"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="115600"/>
+    <s v="Virginia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="115700"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="115800"/>
+    <s v="Rathangan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="115900"/>
+    <s v="Ballyhaunis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="116000"/>
+    <s v="Kenmare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="116100"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="116200"/>
+    <s v="Crosshaven"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="116300"/>
+    <s v="Sixmilebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="116400"/>
+    <s v="Banagher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="116500"/>
+    <s v="Killorglin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="116600"/>
+    <s v="Castlebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="116700"/>
+    <s v="Abbeyleix"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="116800"/>
+    <s v="Clogherhead"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="116900"/>
+    <s v="Dunmore East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="117000"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="117100"/>
+    <s v="Portrane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="117200"/>
+    <s v="Castlecomer-Donaguile"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="117300"/>
+    <s v="Dunmanway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="117400"/>
+    <s v="Newcastle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="117500"/>
+    <s v="Swinford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="117600"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="912664"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="117700"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27639"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="117800"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43102"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="117900"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35332"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="118000"/>
+    <s v="Remainder of country"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="443559"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="118100"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="549632"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1288261"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="100100"/>
+    <s v="Dublin and Surburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="332300"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122307"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57926"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27875"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20737"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15769"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192372"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11493"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11620"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10893"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9592"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7888"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7652"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="101400"/>
+    <s v="Tralee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6511"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="101500"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7257"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6863"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="101700"/>
+    <s v="Naas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5937"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="101800"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5692"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="101900"/>
+    <s v="Droichead Nua"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5562"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="102000"/>
+    <s v="Mullingar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5749"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="102100"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5696"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="102200"/>
+    <s v="Letterkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5870"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5410"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="102400"/>
+    <s v="Celbridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5220"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="102500"/>
+    <s v="Clonmel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5793"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="102600"/>
+    <s v="Balbriggan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5330"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4712"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="102800"/>
+    <s v="Leixlip"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4324"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4353"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="103000"/>
+    <s v="Killarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3433"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="103100"/>
+    <s v="Greystones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4837"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3712"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="103300"/>
+    <s v="Carrigaline"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4042"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="103400"/>
+    <s v="Castlebar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3991"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="103500"/>
+    <s v="Arklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3680"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3588"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="103700"/>
+    <s v="Maynooth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3161"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="103800"/>
+    <s v="Ballina"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3209"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3253"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2936"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="104100"/>
+    <s v="Midleton"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3113"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="104200"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84641"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="104300"/>
+    <s v="Tramore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3219"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="104400"/>
+    <s v="Enniscorthy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2923"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="104500"/>
+    <s v="Skerries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3047"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="104600"/>
+    <s v="Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2932"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="104700"/>
+    <s v="Portmarnock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2866"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="104800"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2954"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="104900"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2480"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="105000"/>
+    <s v="Ashbourne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2742"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="105100"/>
+    <s v="Dungarvan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2683"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="105200"/>
+    <s v="Rush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2511"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="105300"/>
+    <s v="Athy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2556"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="105400"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2479"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="105500"/>
+    <s v="Nenagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2489"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="105600"/>
+    <s v="New Ross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2275"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="105700"/>
+    <s v="Thurles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2585"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="105800"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2342"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="105900"/>
+    <s v="Ratoath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2236"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="106000"/>
+    <s v="Gorey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2360"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="106100"/>
+    <s v="Tuam"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2327"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="106200"/>
+    <s v="Trim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2144"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1926"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="106400"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1976"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="106500"/>
+    <s v="Ballinasloe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1734"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="106600"/>
+    <s v="Portarlington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2019"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1863"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="106800"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1838"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="106900"/>
+    <s v="Edenderry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1735"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="107000"/>
+    <s v="Fermoy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1820"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="107100"/>
+    <s v="Bandon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="107200"/>
+    <s v="Dunboyne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="107300"/>
+    <s v="Donabate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="107400"/>
+    <s v="Westport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1424"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="107500"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="107600"/>
+    <s v="Lusk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1836"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="107700"/>
+    <s v="Passage West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="107800"/>
+    <s v="Newcastle West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="108000"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="108100"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1516"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="108200"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33679"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="108300"/>
+    <s v="Clane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1576"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="108500"/>
+    <s v="Ardee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="108600"/>
+    <s v="Loughrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="108700"/>
+    <s v="Carrickmacross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="108800"/>
+    <s v="Listowel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="108900"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="109000"/>
+    <s v="Clonakilty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="109100"/>
+    <s v="Kilcock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="109300"/>
+    <s v="Mountmellick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1186"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="109400"/>
+    <s v="Blessington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="109500"/>
+    <s v="Sallins"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="109600"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="109700"/>
+    <s v="Macroom"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="109800"/>
+    <s v="Oranmore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="109900"/>
+    <s v="Dunshaughlin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="110000"/>
+    <s v="Cahir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="110100"/>
+    <s v="Mitchelstown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="110200"/>
+    <s v="Bantry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="110300"/>
+    <s v="Kilcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="110400"/>
+    <s v="Duleek"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="110500"/>
+    <s v="Athenry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="110600"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="110700"/>
+    <s v="Castleblayney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="110800"/>
+    <s v="Tower"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="110900"/>
+    <s v="Tullow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="111000"/>
+    <s v="Monasterevin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="111100"/>
+    <s v="Clara"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="111200"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39459"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="111300"/>
+    <s v="Kilcullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="111400"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="111500"/>
+    <s v="Cashel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="111600"/>
+    <s v="Rathcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="111700"/>
+    <s v="Carrigtwohill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="111800"/>
+    <s v="Muinebeag"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="111900"/>
+    <s v="Gort"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="112000"/>
+    <s v="Kilrush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="112100"/>
+    <s v="Ballyshannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="112200"/>
+    <s v="Claremorris"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="112300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="112400"/>
+    <s v="Boyle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="112500"/>
+    <s v="Kill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="112600"/>
+    <s v="Stamullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="112700"/>
+    <s v="Blarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="112800"/>
+    <s v="Templemore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="112900"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="113000"/>
+    <s v="Skibbereen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="113100"/>
+    <s v="Castleisland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="113200"/>
+    <s v="Kinnegad"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="113300"/>
+    <s v="Athboy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="113400"/>
+    <s v="Enfield"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="113500"/>
+    <s v="Ballinrobe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="113600"/>
+    <s v="Bailieborough"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="113700"/>
+    <s v="Bundoran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="113800"/>
+    <s v="Abbeyfeale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="113900"/>
+    <s v="Prosperous"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="114000"/>
+    <s v="Carndonagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="114100"/>
+    <s v="An Daingean"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="114200"/>
+    <s v="Kanturk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="114300"/>
+    <s v="Cootehill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="114400"/>
+    <s v="Moate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="114500"/>
+    <s v="Enniskerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="114600"/>
+    <s v="Castlerea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="114700"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="114800"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="114900"/>
+    <s v="Rathnew"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="115000"/>
+    <s v="Annacotty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="115100"/>
+    <s v="Thomastown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="115200"/>
+    <s v="Callan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="115300"/>
+    <s v="Clones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="115400"/>
+    <s v="Kingscourt"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="115500"/>
+    <s v="Baltinglass"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="115600"/>
+    <s v="Virginia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="115700"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="115800"/>
+    <s v="Rathangan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="115900"/>
+    <s v="Ballyhaunis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="116000"/>
+    <s v="Kenmare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="116100"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="116200"/>
+    <s v="Crosshaven"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="116300"/>
+    <s v="Sixmilebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="116400"/>
+    <s v="Banagher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="116500"/>
+    <s v="Killorglin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="116600"/>
+    <s v="Castlebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="116700"/>
+    <s v="Abbeyleix"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="116800"/>
+    <s v="Clogherhead"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="116900"/>
+    <s v="Dunmore East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="117000"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="117100"/>
+    <s v="Portrane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="117200"/>
+    <s v="Castlecomer-Donaguile"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="117300"/>
+    <s v="Dunmanway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="117400"/>
+    <s v="Newcastle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="117500"/>
+    <s v="Swinford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="117600"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="804758"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="117700"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23356"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="117800"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36916"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="117900"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30135"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="118000"/>
+    <s v="Remainder of country"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393096"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="118100"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="483503"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136155"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="100100"/>
+    <s v="Dublin and Surburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28562"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16660"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7130"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3826"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3813"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1891"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17250"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="101400"/>
+    <s v="Tralee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1509"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="101500"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="101700"/>
+    <s v="Naas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="101800"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="101900"/>
+    <s v="Droichead Nua"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="102000"/>
+    <s v="Mullingar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="102100"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="102200"/>
+    <s v="Letterkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="102400"/>
+    <s v="Celbridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="102500"/>
+    <s v="Clonmel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="102600"/>
+    <s v="Balbriggan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="102800"/>
+    <s v="Leixlip"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="103000"/>
+    <s v="Killarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="103100"/>
+    <s v="Greystones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="103300"/>
+    <s v="Carrigaline"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="103400"/>
+    <s v="Castlebar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="103500"/>
+    <s v="Arklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="103700"/>
+    <s v="Maynooth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="103800"/>
+    <s v="Ballina"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="104100"/>
+    <s v="Midleton"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="104200"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9617"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="104300"/>
+    <s v="Tramore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="104400"/>
+    <s v="Enniscorthy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="104500"/>
+    <s v="Skerries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="104600"/>
+    <s v="Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="104700"/>
+    <s v="Portmarnock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="104800"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="104900"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="105000"/>
+    <s v="Ashbourne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="105100"/>
+    <s v="Dungarvan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="105200"/>
+    <s v="Rush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="105300"/>
+    <s v="Athy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="105400"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="105500"/>
+    <s v="Nenagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="105600"/>
+    <s v="New Ross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="105700"/>
+    <s v="Thurles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="105800"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="105900"/>
+    <s v="Ratoath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="106000"/>
+    <s v="Gorey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="106100"/>
+    <s v="Tuam"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="106200"/>
+    <s v="Trim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="106400"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="106500"/>
+    <s v="Ballinasloe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="106600"/>
+    <s v="Portarlington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="106800"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="106900"/>
+    <s v="Edenderry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="107000"/>
+    <s v="Fermoy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="107100"/>
+    <s v="Bandon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="107200"/>
+    <s v="Dunboyne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="107300"/>
+    <s v="Donabate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="107400"/>
+    <s v="Westport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="107500"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="107600"/>
+    <s v="Lusk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="107700"/>
+    <s v="Passage West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="107800"/>
+    <s v="Newcastle West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="108000"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="108100"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="108200"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4195"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="108300"/>
+    <s v="Clane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="108500"/>
+    <s v="Ardee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="108600"/>
+    <s v="Loughrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="108700"/>
+    <s v="Carrickmacross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="108800"/>
+    <s v="Listowel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="108900"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="109000"/>
+    <s v="Clonakilty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="109100"/>
+    <s v="Kilcock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="109300"/>
+    <s v="Mountmellick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="109400"/>
+    <s v="Blessington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="109500"/>
+    <s v="Sallins"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="109600"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="109700"/>
+    <s v="Macroom"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="109800"/>
+    <s v="Oranmore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="109900"/>
+    <s v="Dunshaughlin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="110000"/>
+    <s v="Cahir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="110100"/>
+    <s v="Mitchelstown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="110200"/>
+    <s v="Bantry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="110300"/>
+    <s v="Kilcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="110400"/>
+    <s v="Duleek"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="110500"/>
+    <s v="Athenry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="110600"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="110700"/>
+    <s v="Castleblayney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="110800"/>
+    <s v="Tower"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="110900"/>
+    <s v="Tullow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="111000"/>
+    <s v="Monasterevin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="111100"/>
+    <s v="Clara"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="111200"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5116"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="111300"/>
+    <s v="Kilcullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="111400"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="111500"/>
+    <s v="Cashel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="111600"/>
+    <s v="Rathcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="111700"/>
+    <s v="Carrigtwohill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="111800"/>
+    <s v="Muinebeag"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="111900"/>
+    <s v="Gort"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="112000"/>
+    <s v="Kilrush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="112100"/>
+    <s v="Ballyshannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="112200"/>
+    <s v="Claremorris"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="112300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="112400"/>
+    <s v="Boyle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="112500"/>
+    <s v="Kill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="112600"/>
+    <s v="Stamullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="112700"/>
+    <s v="Blarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="112800"/>
+    <s v="Templemore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="112900"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="113000"/>
+    <s v="Skibbereen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="113100"/>
+    <s v="Castleisland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="113200"/>
+    <s v="Kinnegad"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="113300"/>
+    <s v="Athboy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="113400"/>
+    <s v="Enfield"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="113500"/>
+    <s v="Ballinrobe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="113600"/>
+    <s v="Bailieborough"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="113700"/>
+    <s v="Bundoran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="113800"/>
+    <s v="Abbeyfeale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="113900"/>
+    <s v="Prosperous"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="114000"/>
+    <s v="Carndonagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="114100"/>
+    <s v="An Daingean"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="114200"/>
+    <s v="Kanturk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="114300"/>
+    <s v="Cootehill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="114400"/>
+    <s v="Moate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="114500"/>
+    <s v="Enniskerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="114600"/>
+    <s v="Castlerea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="114700"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="114800"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="114900"/>
+    <s v="Rathnew"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="115000"/>
+    <s v="Annacotty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="115100"/>
+    <s v="Thomastown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="115200"/>
+    <s v="Callan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="115300"/>
+    <s v="Clones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="115400"/>
+    <s v="Kingscourt"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="115500"/>
+    <s v="Baltinglass"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="115600"/>
+    <s v="Virginia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="115700"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="115800"/>
+    <s v="Rathangan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="115900"/>
+    <s v="Ballyhaunis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="116000"/>
+    <s v="Kenmare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="116100"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="116200"/>
+    <s v="Crosshaven"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="116300"/>
+    <s v="Sixmilebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="116400"/>
+    <s v="Banagher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="116500"/>
+    <s v="Killorglin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="116600"/>
+    <s v="Castlebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="116700"/>
+    <s v="Abbeyleix"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="116800"/>
+    <s v="Clogherhead"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="116900"/>
+    <s v="Dunmore East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="117000"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="117100"/>
+    <s v="Portrane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="117200"/>
+    <s v="Castlecomer-Donaguile"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="117300"/>
+    <s v="Dunmanway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="117400"/>
+    <s v="Newcastle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="117500"/>
+    <s v="Swinford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="117600"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81400"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="117700"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3564"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="117800"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5204"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="117900"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4401"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="118000"/>
+    <s v="Remainder of country"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41586"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="118100"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54755"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37880"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="100100"/>
+    <s v="Dublin and Surburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11698"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4287"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1901"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5978"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="101400"/>
+    <s v="Tralee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="101500"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="101700"/>
+    <s v="Naas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="101800"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="101900"/>
+    <s v="Droichead Nua"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="102000"/>
+    <s v="Mullingar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="102100"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="102200"/>
+    <s v="Letterkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="102400"/>
+    <s v="Celbridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="102500"/>
+    <s v="Clonmel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="102600"/>
+    <s v="Balbriggan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="102800"/>
+    <s v="Leixlip"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="103000"/>
+    <s v="Killarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="103100"/>
+    <s v="Greystones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="103300"/>
+    <s v="Carrigaline"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="103400"/>
+    <s v="Castlebar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="103500"/>
+    <s v="Arklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="103700"/>
+    <s v="Maynooth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="103800"/>
+    <s v="Ballina"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="104100"/>
+    <s v="Midleton"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="104200"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2340"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="104300"/>
+    <s v="Tramore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="104400"/>
+    <s v="Enniscorthy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="104500"/>
+    <s v="Skerries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="104600"/>
+    <s v="Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="104700"/>
+    <s v="Portmarnock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="104800"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="104900"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="105000"/>
+    <s v="Ashbourne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="105100"/>
+    <s v="Dungarvan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="105200"/>
+    <s v="Rush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="105300"/>
+    <s v="Athy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="105400"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="105500"/>
+    <s v="Nenagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="105600"/>
+    <s v="New Ross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="105700"/>
+    <s v="Thurles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="105800"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="105900"/>
+    <s v="Ratoath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="106000"/>
+    <s v="Gorey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="106100"/>
+    <s v="Tuam"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="106200"/>
+    <s v="Trim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="106400"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="106500"/>
+    <s v="Ballinasloe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="106600"/>
+    <s v="Portarlington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="106800"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="106900"/>
+    <s v="Edenderry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="107000"/>
+    <s v="Fermoy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="107100"/>
+    <s v="Bandon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="107200"/>
+    <s v="Dunboyne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="107300"/>
+    <s v="Donabate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="107400"/>
+    <s v="Westport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="107500"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="107600"/>
+    <s v="Lusk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="107700"/>
+    <s v="Passage West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="107800"/>
+    <s v="Newcastle West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="108000"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="108100"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="108200"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="108300"/>
+    <s v="Clane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="108500"/>
+    <s v="Ardee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="108600"/>
+    <s v="Loughrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="108700"/>
+    <s v="Carrickmacross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="108800"/>
+    <s v="Listowel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="108900"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="109000"/>
+    <s v="Clonakilty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="109100"/>
+    <s v="Kilcock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="109300"/>
+    <s v="Mountmellick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="109400"/>
+    <s v="Blessington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="109500"/>
+    <s v="Sallins"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="109600"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="109700"/>
+    <s v="Macroom"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="109800"/>
+    <s v="Oranmore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="109900"/>
+    <s v="Dunshaughlin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="110000"/>
+    <s v="Cahir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="110100"/>
+    <s v="Mitchelstown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="110200"/>
+    <s v="Bantry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="110300"/>
+    <s v="Kilcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="110400"/>
+    <s v="Duleek"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="110500"/>
+    <s v="Athenry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="110600"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="110700"/>
+    <s v="Castleblayney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="110800"/>
+    <s v="Tower"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="110900"/>
+    <s v="Tullow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="111000"/>
+    <s v="Monasterevin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="111100"/>
+    <s v="Clara"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="111200"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="111300"/>
+    <s v="Kilcullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="111400"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="111500"/>
+    <s v="Cashel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="111600"/>
+    <s v="Rathcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="111700"/>
+    <s v="Carrigtwohill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="111800"/>
+    <s v="Muinebeag"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="111900"/>
+    <s v="Gort"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="112000"/>
+    <s v="Kilrush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="112100"/>
+    <s v="Ballyshannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="112200"/>
+    <s v="Claremorris"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="112300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="112400"/>
+    <s v="Boyle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="112500"/>
+    <s v="Kill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="112600"/>
+    <s v="Stamullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="112700"/>
+    <s v="Blarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="112800"/>
+    <s v="Templemore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="112900"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="113000"/>
+    <s v="Skibbereen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="113100"/>
+    <s v="Castleisland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="113200"/>
+    <s v="Kinnegad"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="113300"/>
+    <s v="Athboy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="113400"/>
+    <s v="Enfield"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="113500"/>
+    <s v="Ballinrobe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="113600"/>
+    <s v="Bailieborough"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="113700"/>
+    <s v="Bundoran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="113800"/>
+    <s v="Abbeyfeale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="113900"/>
+    <s v="Prosperous"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="114000"/>
+    <s v="Carndonagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="114100"/>
+    <s v="An Daingean"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="114200"/>
+    <s v="Kanturk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="114300"/>
+    <s v="Cootehill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="114400"/>
+    <s v="Moate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="114500"/>
+    <s v="Enniskerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="114600"/>
+    <s v="Castlerea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="114700"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="114800"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="114900"/>
+    <s v="Rathnew"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="115000"/>
+    <s v="Annacotty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="115100"/>
+    <s v="Thomastown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="115200"/>
+    <s v="Callan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="115300"/>
+    <s v="Clones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="115400"/>
+    <s v="Kingscourt"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="115500"/>
+    <s v="Baltinglass"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="115600"/>
+    <s v="Virginia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="115700"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="115800"/>
+    <s v="Rathangan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="115900"/>
+    <s v="Ballyhaunis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="116000"/>
+    <s v="Kenmare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="116100"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="116200"/>
+    <s v="Crosshaven"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="116300"/>
+    <s v="Sixmilebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="116400"/>
+    <s v="Banagher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="116500"/>
+    <s v="Killorglin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="116600"/>
+    <s v="Castlebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="116700"/>
+    <s v="Abbeyleix"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="116800"/>
+    <s v="Clogherhead"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="116900"/>
+    <s v="Dunmore East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="117000"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="117100"/>
+    <s v="Portrane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="117200"/>
+    <s v="Castlecomer-Donaguile"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="117300"/>
+    <s v="Dunmanway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="117400"/>
+    <s v="Newcastle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="117500"/>
+    <s v="Swinford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="117600"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26506"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="117700"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="117800"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="117900"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="118000"/>
+    <s v="Remainder of country"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8877"/>
+  </r>
+  <r>
+    <s v="C0631"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="118100"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11374"/>
+  </r>
+</pivotCacheRecords>
 </file>