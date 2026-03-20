--- v2 (2026-02-03)
+++ v3 (2026-03-20)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabc6bc806d394818" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/26e5e5b7147b4143ac4512b80955d9a2.psmdcp" Id="Reb8b8b314aea4985" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R218dc04c406049fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/325768d73d6a4c3ebaaf58b2eb425377.psmdcp" Id="Rf3b87da86c3e48f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>