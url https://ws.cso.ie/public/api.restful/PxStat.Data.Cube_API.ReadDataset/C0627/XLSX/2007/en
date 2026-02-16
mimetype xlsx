--- v0 (2025-10-03)
+++ v1 (2026-02-16)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78048e6df90741c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7c097037d2424dd2b01bd7a14b000290.psmdcp" Id="Rd0f464b5092943f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ea6a5ec70104fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5a09ed1c2bfc472a971e5de5209e4024.psmdcp" Id="Rdb14d06a20704b23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0627</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0627/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P6</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 6 - Housing</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -658,603 +658,224 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...551 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02729V03297" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Number of Rooms Occupied" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J529" totalsRowShown="0">
   <x:autoFilter ref="A1:J529"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02729V03297"/>
     <x:tableColumn id="4" name="Number of Rooms Occupied"/>
     <x:tableColumn id="5" name="C02779V03348"/>
     <x:tableColumn id="6" name="Province County or City"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1525,51 +1146,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0627/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1756,51 +1377,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J529"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="28.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="24.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -18718,51 +18339,51 @@
       <x:c r="G529" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H529" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I529" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J529" s="0">
         <x:v>492</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -18779,51 +18400,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J529" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0627"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02729V03297">
       <x:sharedItems count="12">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="101"/>
@@ -19455,27 +19076,6364 @@
         <x:n v="1783"/>
         <x:n v="581"/>
         <x:n v="1202"/>
         <x:n v="671"/>
         <x:n v="777"/>
         <x:n v="1183"/>
         <x:n v="470"/>
         <x:n v="5166"/>
         <x:n v="2629"/>
         <x:n v="966"/>
         <x:n v="1663"/>
         <x:n v="1194"/>
         <x:n v="543"/>
         <x:n v="532"/>
         <x:n v="2233"/>
         <x:n v="647"/>
         <x:n v="1094"/>
         <x:n v="492"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1462296"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="791277"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17074"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419529"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190711"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68375"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80085"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80358"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60578"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29478"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22421"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12042"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38598"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53575"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23533"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26881"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45096"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42472"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="406798"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38026"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166542"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43871"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122671"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47743"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63956"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19513"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44443"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22866"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29221"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38444"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17049"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21395"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173941"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78206"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25324"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52882"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10541"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43218"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20624"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21352"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90280"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21781"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49993"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18506"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20893"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15231"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12602"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11128"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3769"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1749"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61757"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38215"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27675"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20072"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2402"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3141"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2060"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1849"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14541"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1305"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5491"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2526"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2965"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1952"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2569"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1508"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6105"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3071"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1563"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1508"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2896"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123655"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70513"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1343"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43897"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24766"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5067"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7230"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6834"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4327"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1605"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2948"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3461"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1982"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2192"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2769"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2997"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31878"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3107"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11662"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4091"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7571"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4348"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5816"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2389"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3427"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2280"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3013"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14263"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6892"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3348"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3544"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3445"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7001"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3988"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160878"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89849"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53255"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31228"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7164"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8762"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6101"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5016"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2714"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2178"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3954"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4714"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2477"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2708"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4842"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4894"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42001"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3878"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15620"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5183"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10437"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5706"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7021"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2699"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4322"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2491"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3263"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4022"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2136"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19059"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8471"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3046"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5425"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4805"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2220"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2385"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9969"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2118"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6051"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1800"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354089"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196250"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4869"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99515"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40161"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12929"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20468"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25957"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15955"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7875"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6075"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2784"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11389"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11961"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6582"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6334"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12186"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10725"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99296"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8241"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41209"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11803"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29406"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11341"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15057"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5195"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9862"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5551"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8089"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9808"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4554"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5254"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37249"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15451"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5694"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9757"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2441"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10138"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4220"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4999"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21294"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4572"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12538"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4184"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="281531"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145126"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3210"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74022"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30730"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12045"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13977"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17270"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10910"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5857"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4543"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2255"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7165"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9813"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4769"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5355"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9112"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8115"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80843"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7944"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33091"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8706"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24385"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9347"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13173"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3804"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9369"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4526"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5568"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7194"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3041"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4153"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36790"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16124"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4609"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11515"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9420"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4638"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4397"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18772"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4416"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10588"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3768"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200869"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101843"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2191"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47129"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13470"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10788"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12093"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10778"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9289"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4323"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3210"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1904"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4981"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9181"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3103"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4082"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6425"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6025"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59290"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5643"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25281"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4546"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20735"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6723"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8946"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7147"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3350"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3818"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5529"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2056"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3473"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26504"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11727"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2626"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9101"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1618"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6413"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3684"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3062"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13232"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3736"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6455"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3041"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121819"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62994"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1343"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28380"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7663"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8545"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6745"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5427"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6305"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2722"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3211"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6475"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2420"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4013"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3653"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35668"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3590"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15380"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2637"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12743"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3640"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5195"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4303"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2350"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3449"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2170"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15118"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7085"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1660"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5425"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3461"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1813"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8039"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2088"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4089"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51548"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25811"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10674"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2116"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3985"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2649"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1924"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2702"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2783"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1743"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15232"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1594"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6613"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5685"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2277"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2006"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6967"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3352"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2542"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3538"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39813"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19706"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7397"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2974"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1928"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1939"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2048"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1531"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1512"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11974"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1258"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5206"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4543"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5425"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2723"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2073"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2708"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45444"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25739"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14983"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7821"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1827"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2702"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2633"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1173"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12306"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5240"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3475"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1783"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5166"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2629"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1663"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2233"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="C0627"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+</pivotCacheRecords>
 </file>