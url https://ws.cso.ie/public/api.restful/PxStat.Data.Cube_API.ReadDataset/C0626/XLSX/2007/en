--- v0 (2025-11-11)
+++ v1 (2026-02-08)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1624072edeb3488a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1def3c9aef9344569ec95778dd2c0d2f.psmdcp" Id="R0410325a850a4ea1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cad90635f4a45e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1ebb431b6ecc40eeadd685f2d836e59a.psmdcp" Id="R579c4c5f31fe4e83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0626</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0626/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P6</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 6 - Housing</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -490,363 +490,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02729V03297" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Number of Rooms Occupied" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L325" totalsRowShown="0">
   <x:autoFilter ref="A1:L325"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02729V03297"/>
     <x:tableColumn id="4" name="Number of Rooms Occupied"/>
     <x:tableColumn id="5" name="C02701V03269"/>
     <x:tableColumn id="6" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="7" name="C02196V02652"/>
     <x:tableColumn id="8" name="Regional Authority"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1119,51 +926,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0626/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1350,51 +1157,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L325"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="28.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="19.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -13736,51 +13543,51 @@
       <x:c r="I325" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L325" s="0">
         <x:v>2585</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13797,51 +13604,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L325" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0626"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02729V03297">
       <x:sharedItems count="12">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="101"/>
@@ -14227,27 +14034,4564 @@
         <x:n v="6703"/>
         <x:n v="30880"/>
         <x:n v="1814"/>
         <x:n v="1374"/>
         <x:n v="1974"/>
         <x:n v="14719"/>
         <x:n v="2723"/>
         <x:n v="1816"/>
         <x:n v="2342"/>
         <x:n v="4118"/>
         <x:n v="14564"/>
         <x:n v="2392"/>
         <x:n v="1344"/>
         <x:n v="264"/>
         <x:n v="1693"/>
         <x:n v="1827"/>
         <x:n v="2067"/>
         <x:n v="2585"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1462296"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160771"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84877"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142048"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419529"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156625"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124848"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159313"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214285"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="912664"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58729"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36489"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53666"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="411952"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97023"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58941"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73987"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121877"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="549632"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102042"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48388"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88382"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7577"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59602"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65907"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85326"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92408"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20893"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12602"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1168"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2198"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18355"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12570"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1771"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2538"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61757"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4963"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2590"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4986"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27675"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4577"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4591"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4932"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7443"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49680"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2415"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3042"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27529"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3244"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2948"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3442"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5462"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12077"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2548"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1944"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1490"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1981"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123655"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12535"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6894"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11677"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43897"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10785"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10575"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11282"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16010"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89459"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5504"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3706"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6146"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43507"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7196"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6015"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6837"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10548"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34196"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7031"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3188"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5531"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3589"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4560"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4445"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5462"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160878"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17486"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8692"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15496"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53255"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14624"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13390"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16609"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21326"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105991"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6435"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3940"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6153"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52624"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9355"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6449"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8590"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12445"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54887"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11051"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4752"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9343"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5269"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6941"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8019"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8881"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354089"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40123"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21775"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29809"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99515"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38641"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28849"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42827"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52550"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239937"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18362"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11024"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12990"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98215"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26457"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15435"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23834"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33620"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114152"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21761"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10751"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16819"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12184"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13414"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18993"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18930"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="281531"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32545"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16922"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30182"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74022"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28838"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25643"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30941"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42438"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166311"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10967"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6846"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10401"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72799"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17640"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11684"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13021"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22953"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115220"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21578"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10076"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19781"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11198"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13959"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17920"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19485"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200869"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22893"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12299"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21824"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47129"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24495"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17939"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22286"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32004"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107819"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6548"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4083"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5974"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45872"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14572"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7356"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7835"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15579"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93050"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16345"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8216"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15850"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9923"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10583"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14451"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16425"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121819"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13915"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6892"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12453"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28380"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16433"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10849"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13877"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19020"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63820"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3679"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2204"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3489"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27338"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9455"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4081"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4477"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9097"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57999"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10236"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4688"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8964"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6978"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6768"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9400"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9923"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51548"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6284"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2919"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5717"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10674"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7173"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4758"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5900"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8123"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24113"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1579"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10083"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3607"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1533"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3551"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27435"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4842"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2179"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4138"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3566"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3225"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4322"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4572"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39813"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4769"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2515"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4472"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7397"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5499"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3609"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5082"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6470"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16299"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6696"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1941"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2733"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23514"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3776"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1971"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3203"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3558"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3923"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3737"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45444"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4206"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2718"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4366"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14983"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4416"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3643"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4409"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6703"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30880"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1974"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14719"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2723"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1816"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2342"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4118"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14564"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2392"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2392"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1827"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2067"/>
+  </r>
+  <r>
+    <s v="C0626"/>
+    <s v=" Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2585"/>
+  </r>
+</pivotCacheRecords>
 </file>