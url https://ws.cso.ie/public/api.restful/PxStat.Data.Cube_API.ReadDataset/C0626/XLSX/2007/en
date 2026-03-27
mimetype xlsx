--- v1 (2026-02-08)
+++ v2 (2026-03-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cad90635f4a45e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1ebb431b6ecc40eeadd685f2d836e59a.psmdcp" Id="R579c4c5f31fe4e83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf236cfcd1a5f465a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8ae0da4768e842b8b59fee651629f8ae.psmdcp" Id="R421be45e4273410b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>