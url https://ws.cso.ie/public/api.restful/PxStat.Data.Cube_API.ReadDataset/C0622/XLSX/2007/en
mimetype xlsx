--- v0 (2025-11-05)
+++ v1 (2025-12-28)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02d4e9584f9649b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/42584b726caf42e2b237ebcd21f75088.psmdcp" Id="R227af165da41433e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R939102565145423b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/229ab38f482940f68cdebedf176452c3.psmdcp" Id="R6cf7979a4da54b0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0622</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Private Dwellings in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0622/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P6</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 6 - Housing</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -646,587 +646,220 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...535 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J441" totalsRowShown="0">
   <x:autoFilter ref="A1:J441"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02699V03267"/>
     <x:tableColumn id="4" name="Nature of Occupancy"/>
     <x:tableColumn id="5" name="C02779V03348"/>
     <x:tableColumn id="6" name="Province County or City"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1497,51 +1130,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0622/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1728,51 +1361,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J441"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="42.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="24.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -15874,51 +15507,51 @@
       <x:c r="G441" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I441" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J441" s="0">
         <x:v>18506</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15935,51 +15568,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J441" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0622"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Private Dwellings in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02699V03267">
       <x:sharedItems count="10">
         <x:s v="02"/>
         <x:s v="01"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="-"/>
       </x:sharedItems>
@@ -16521,27 +16154,5308 @@
         <x:n v="44443"/>
         <x:n v="22866"/>
         <x:n v="29221"/>
         <x:n v="38444"/>
         <x:n v="17049"/>
         <x:n v="21395"/>
         <x:n v="173941"/>
         <x:n v="78206"/>
         <x:n v="25324"/>
         <x:n v="52882"/>
         <x:n v="10541"/>
         <x:n v="43218"/>
         <x:n v="20624"/>
         <x:n v="21352"/>
         <x:n v="90280"/>
         <x:n v="21781"/>
         <x:n v="49993"/>
         <x:n v="18506"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="498432"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235712"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6223"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111244"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49809"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23968"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16989"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20478"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15788"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11720"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8475"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4701"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11753"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15789"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9239"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9237"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18087"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13456"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152755"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14766"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59265"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14029"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45236"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21411"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23239"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6197"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17042"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9321"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11417"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13336"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4599"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8737"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70989"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28419"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5593"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22826"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4951"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19638"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9501"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8480"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38976"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9059"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22303"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7614"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="569966"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329671"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6238"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166651"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55225"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27701"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44412"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39313"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31013"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11313"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9140"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3771"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17525"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28409"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9335"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11289"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16270"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18717"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148541"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15145"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62322"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11041"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51281"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14658"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23103"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5554"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17549"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8417"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10470"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14426"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5814"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8612"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60345"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27678"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7535"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20143"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3180"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14570"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7344"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7573"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31409"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7987"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16364"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7058"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23547"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14230"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8762"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5470"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6168"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2163"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1928"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105509"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61347"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38043"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22597"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3827"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4149"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7470"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2978"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1305"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2862"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2321"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3319"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3525"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29192"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1811"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12413"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6610"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5803"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3138"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4528"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2493"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2035"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2334"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3510"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2259"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9073"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3935"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2066"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1869"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1914"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1551"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5897"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3604"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50480"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27072"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15661"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9297"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1665"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2442"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2257"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1900"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13933"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5606"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2184"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3422"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1580"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2531"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1509"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6712"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3576"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2146"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2763"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1635"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16621"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9368"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5474"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3186"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4555"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2154"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1782"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128696"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75755"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52439"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33395"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6482"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6930"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5632"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4472"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1761"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2286"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2669"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2071"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2930"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2611"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32477"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2554"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14793"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6131"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8662"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3167"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6019"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2580"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3439"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1305"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1709"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2930"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1974"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15286"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9092"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5938"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3154"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2856"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5178"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2670"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21701"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10362"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4281"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2172"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6808"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2599"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2164"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2826"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1705"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47344"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27760"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16974"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9560"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2958"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2677"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12369"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5227"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1947"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3280"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1882"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2666"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2215"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1462296"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="791277"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17074"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419529"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190711"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68375"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80085"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80358"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60578"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29478"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22421"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12042"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38598"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53575"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23533"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26881"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45096"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42472"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="406798"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38026"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166542"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43871"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122671"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47743"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63956"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19513"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44443"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22866"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29221"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38444"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17049"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21395"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173941"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78206"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25324"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52882"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10541"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43218"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20624"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21352"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90280"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21781"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49993"/>
+  </r>
+  <r>
+    <s v="C0622"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18506"/>
+  </r>
+</pivotCacheRecords>
 </file>