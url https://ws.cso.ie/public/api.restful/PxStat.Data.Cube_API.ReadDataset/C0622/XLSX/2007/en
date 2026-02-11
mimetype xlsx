--- v1 (2025-12-28)
+++ v2 (2026-02-11)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R939102565145423b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/229ab38f482940f68cdebedf176452c3.psmdcp" Id="R6cf7979a4da54b0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf645383f22a24d30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7a86d9ebeef04991919138d1662e521f.psmdcp" Id="Rc3eeb5de822347a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>