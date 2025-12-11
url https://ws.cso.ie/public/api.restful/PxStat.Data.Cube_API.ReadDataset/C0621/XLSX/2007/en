--- v0 (2025-10-02)
+++ v1 (2025-12-11)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a3e02ce82844326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ce1b8ff310a644aba7fee74ba4da7248.psmdcp" Id="R866bc47251864784" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26f3130b706e464f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/73051b90871f4c9ca2c82b557c90628e.psmdcp" Id="R83971f8a6a014b0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0621</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Private Dwellings in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0621/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P6</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 6 - Housing</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -478,347 +478,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L271" totalsRowShown="0">
   <x:autoFilter ref="A1:L271"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02701V03269"/>
     <x:tableColumn id="4" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="Regional Authority"/>
     <x:tableColumn id="7" name="C02699V03267"/>
     <x:tableColumn id="8" name="Nature of Occupancy"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1091,51 +910,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0621/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1322,51 +1141,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L271"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="42.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="29.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="19.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="39.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -11656,51 +11475,51 @@
       <x:c r="I271" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L271" s="0">
         <x:v>92408</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11717,51 +11536,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L271" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0621"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Private Dwellings in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02701V03269">
       <x:sharedItems count="3">
         <x:s v="-01"/>
         <x:s v="06"/>
         <x:s v="01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Aggregate Town or Rural Area">
       <x:sharedItems count="3">
         <x:s v="State"/>
         <x:s v="Aggregate Town Area"/>
         <x:s v="Aggregate Rural Area"/>
       </x:sharedItems>
@@ -12087,27 +11906,3808 @@
         <x:n v="39435"/>
         <x:n v="33067"/>
         <x:n v="1051"/>
         <x:n v="3591"/>
         <x:n v="1436"/>
         <x:n v="718"/>
         <x:n v="2369"/>
         <x:n v="1706"/>
         <x:n v="85326"/>
         <x:n v="44787"/>
         <x:n v="33893"/>
         <x:n v="980"/>
         <x:n v="1508"/>
         <x:n v="787"/>
         <x:n v="3464"/>
         <x:n v="2059"/>
         <x:n v="2305"/>
         <x:n v="92408"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="498432"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="569966"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23547"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105509"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50480"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16621"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128696"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21701"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47344"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1462296"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64160"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59687"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2384"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11076"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5216"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1651"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9684"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2773"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4140"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160771"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31652"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33535"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1352"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5346"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2635"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5281"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2935"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84877"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57558"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49592"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6756"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5614"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13066"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2274"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4192"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142048"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111244"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166651"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8762"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38043"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15661"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5474"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52439"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4281"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16974"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419529"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45033"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78139"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1910"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8824"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4176"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9752"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2663"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4448"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156625"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47326"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46665"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1963"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7797"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4254"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9878"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2055"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3731"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124848"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60783"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58717"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2610"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12116"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5738"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10636"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2827"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4171"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159313"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80676"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76980"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3019"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15551"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7186"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2625"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17960"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3535"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6753"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214285"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242963"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="358363"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17565"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85111"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41067"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12213"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111409"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9798"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34175"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="912664"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16318"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21877"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6177"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3180"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6412"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1932"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58729"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9530"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14310"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3360"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1953"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4063"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1552"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36489"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13659"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17298"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4369"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4044"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9909"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2182"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53666"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108346"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163115"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8706"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37842"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15552"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5399"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52191"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4056"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16745"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="411952"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21418"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51357"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6663"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3361"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8054"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2808"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97023"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16455"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21669"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5249"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2997"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8017"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2043"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58941"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21348"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25650"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8525"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4302"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8267"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2465"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73987"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35889"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43087"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2039"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12926"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5678"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1838"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14496"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4448"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121877"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255469"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211603"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5982"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20398"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9413"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4408"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17287"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11903"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13169"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="549632"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47842"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37810"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4899"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2036"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3272"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2040"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2208"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102042"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22122"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19225"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1986"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48388"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43899"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32294"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2387"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1570"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3157"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1597"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88382"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2898"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3536"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7577"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23615"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26782"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2161"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1698"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1758"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59602"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30871"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24996"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2548"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1861"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65907"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39435"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33067"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3591"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1436"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2369"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1953"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85326"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44787"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33893"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2625"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1508"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3464"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2305"/>
+  </r>
+  <r>
+    <s v="C0621"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92408"/>
+  </r>
+</pivotCacheRecords>
 </file>