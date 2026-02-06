--- v1 (2025-12-11)
+++ v2 (2026-02-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26f3130b706e464f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/73051b90871f4c9ca2c82b557c90628e.psmdcp" Id="R83971f8a6a014b0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cc27c11c5444cb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4d181f4a11b54f9f9d007b61bc610743.psmdcp" Id="Re36f899424ab44d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>