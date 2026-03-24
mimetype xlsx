--- v2 (2026-02-06)
+++ v3 (2026-03-24)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cc27c11c5444cb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4d181f4a11b54f9f9d007b61bc610743.psmdcp" Id="Re36f899424ab44d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09af27585e4d4ecc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2ed7ac4167a84113bddd8739a60ad19b.psmdcp" Id="R5f5408ccd14d4b89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>