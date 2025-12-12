--- v0 (2025-10-27)
+++ v1 (2025-12-12)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf17291209a642f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/79c31197ffe345a9927244a90b358064.psmdcp" Id="R30b9e7bd52134ed7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R403df03ae80b4fee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9acd9df1cc3b4c8cbc2914348e87e85a.psmdcp" Id="R6b2f8ccca4114984" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0619</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Private Dwellings in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0619/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P6</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 6 - Housing</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -679,595 +679,222 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...543 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01936V02368" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Period in which Built" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J485" totalsRowShown="0">
   <x:autoFilter ref="A1:J485"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="Province County or City"/>
     <x:tableColumn id="5" name="C01936V02368"/>
     <x:tableColumn id="6" name="Period in which Built"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1538,51 +1165,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0619/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1769,51 +1396,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J485"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="42.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="24.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="21.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -17323,51 +16950,51 @@
       <x:c r="G485" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I485" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J485" s="0">
         <x:v>554</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -17384,51 +17011,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J485" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0619"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Private Dwellings in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="44">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
         <x:s v="022"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
@@ -18021,27 +17648,5836 @@
         <x:n v="3317"/>
         <x:n v="3083"/>
         <x:n v="7252"/>
         <x:n v="7202"/>
         <x:n v="3601"/>
         <x:n v="6180"/>
         <x:n v="9671"/>
         <x:n v="18506"/>
         <x:n v="2693"/>
         <x:n v="1723"/>
         <x:n v="1422"/>
         <x:n v="1116"/>
         <x:n v="3087"/>
         <x:n v="2275"/>
         <x:n v="1069"/>
         <x:n v="1632"/>
         <x:n v="2935"/>
         <x:n v="554"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1462296"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154352"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107645"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142414"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112969"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212382"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166021"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93086"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154774"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249443"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69210"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="791277"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73745"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54546"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83252"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66409"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119096"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84797"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50586"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81699"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134695"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42452"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17074"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2183"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2147"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1809"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3174"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419529"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34990"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31615"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55906"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44132"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64916"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44168"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27274"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33793"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54395"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28340"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190711"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27251"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24532"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36870"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19073"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17809"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12504"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9858"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10198"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15833"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16783"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68375"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4885"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4379"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11147"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10817"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10588"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8532"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4910"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3547"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6256"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3314"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80085"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2136"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1534"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2239"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5328"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15066"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10940"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6197"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10216"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22494"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3935"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80358"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5650"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8914"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21453"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12192"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6309"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9832"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9812"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4308"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60578"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3092"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2094"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3475"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3351"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9757"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7673"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5269"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9960"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13532"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2375"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29478"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4463"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2120"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1617"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4239"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3422"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1681"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3025"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5409"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22421"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3126"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2699"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2442"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2441"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5368"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12042"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1713"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2382"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38598"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3405"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2953"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3468"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3253"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6128"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3564"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2380"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4650"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7238"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53575"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4048"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2753"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3110"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2920"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8225"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5328"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2786"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7473"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15357"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23533"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2667"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1855"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2508"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1535"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3037"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2429"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2348"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4982"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26881"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2934"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2319"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1629"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3584"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2649"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3586"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5585"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45096"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6215"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3103"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2970"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2413"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5423"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4621"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2835"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6213"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10108"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42472"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5003"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2679"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3050"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2604"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7228"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5294"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2656"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4879"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7165"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1914"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="406798"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53055"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31493"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36982"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30566"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57638"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46695"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25001"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42554"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64656"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18158"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38026"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4384"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2428"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2617"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3086"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5852"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4660"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2688"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4447"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6411"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166542"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23964"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12497"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15433"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12414"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23102"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18131"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10022"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16566"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26183"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8230"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43871"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5617"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4568"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7987"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5835"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5362"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4087"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1938"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1783"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3049"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3645"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122671"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18347"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7929"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7446"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6579"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17740"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14044"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8084"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14783"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23134"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4585"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47743"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4788"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3880"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4423"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3281"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7376"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6451"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3062"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5078"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7325"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2079"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63956"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6865"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5202"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6446"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5654"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8896"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7407"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4042"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6890"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9875"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2679"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19513"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2069"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3534"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2911"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2188"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1809"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44443"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5305"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3133"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2912"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2743"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6708"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6116"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2919"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4935"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8066"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22866"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3164"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2104"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2076"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2981"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2379"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1227"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2524"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3967"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29221"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4850"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2778"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2799"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1909"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4084"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3027"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2921"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4247"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38444"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5040"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2604"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3188"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2666"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5347"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4640"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2450"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4128"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6648"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1733"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17049"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1736"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2181"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2247"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1944"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2397"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21395"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3600"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3166"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2393"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2184"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4251"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173941"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16067"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15341"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15520"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10568"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23011"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22636"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11625"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20483"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32474"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6216"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78206"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5197"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5375"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6079"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5178"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10761"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10130"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5871"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10019"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16336"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3260"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25324"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2023"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3561"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3541"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2611"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3583"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5260"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1711"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52882"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4597"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4355"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4665"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3155"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7200"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6589"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3260"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6436"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11076"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1549"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10541"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1861"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2067"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43218"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3726"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4880"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4347"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2399"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5850"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5968"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2822"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5097"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6832"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20624"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2772"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2062"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2198"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2446"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2482"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1968"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3860"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21352"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2511"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2027"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1999"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2902"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2771"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2374"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3379"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90280"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11485"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6265"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6660"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5426"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12637"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11893"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5874"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10038"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17618"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2384"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21781"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3123"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1657"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1227"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2298"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2416"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2226"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5012"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49993"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5669"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2885"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3317"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3083"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7252"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7202"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3601"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6180"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9671"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18506"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2693"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1422"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3087"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2275"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996309"/>
+    <s v="1996 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="20012"/>
+    <s v="2001 or later"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2935"/>
+  </r>
+  <r>
+    <s v="C0619"/>
+    <s v=" Private Dwellings in Permanent Housing Units"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+</pivotCacheRecords>
 </file>