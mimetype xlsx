--- v1 (2025-12-12)
+++ v2 (2026-01-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R403df03ae80b4fee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9acd9df1cc3b4c8cbc2914348e87e85a.psmdcp" Id="R6b2f8ccca4114984" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29619a2cf75b49f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d010b1f3edd64a298436ce2d8b0af29a.psmdcp" Id="R9498cb26c9da4bcf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>