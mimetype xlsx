--- v2 (2026-01-28)
+++ v3 (2026-03-19)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29619a2cf75b49f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d010b1f3edd64a298436ce2d8b0af29a.psmdcp" Id="R9498cb26c9da4bcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6c5082ed6234608" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d33ad370f0d94cc28050d0d714af67fb.psmdcp" Id="R405f18c5530b4e90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>