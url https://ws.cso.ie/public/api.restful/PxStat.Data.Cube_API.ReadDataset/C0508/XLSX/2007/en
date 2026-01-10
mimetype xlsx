--- v0 (2025-11-16)
+++ v1 (2026-01-10)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce5777581184474a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/16b0026df94e4432b2ebdd374fe30cb9.psmdcp" Id="Rf423a5a164e14eda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93036a3a90d142eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d2816d120ae2497ab767eb2bf0c623d4.psmdcp" Id="Raa2dd5238ab748fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0508</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged 15 Years and Over Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0508/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P5</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 5 - Ethnic or Cultural Background including the Irish Traveller Community</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -499,363 +499,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02688V03255" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ethnic or Cultural Background" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L331" totalsRowShown="0">
   <x:autoFilter ref="A1:L331"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02704V03272"/>
     <x:tableColumn id="4" name="Principal Economic Status"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02688V03255"/>
     <x:tableColumn id="8" name="Ethnic or Cultural Background"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1128,51 +935,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0508/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1359,51 +1166,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L331"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="70.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="50.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="44.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -13973,51 +13780,51 @@
       <x:c r="I331" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L331" s="0">
         <x:v>787535</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14034,51 +13841,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L331" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0508"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02704V03272">
       <x:sharedItems count="11">
         <x:s v="801"/>
         <x:s v="-01"/>
         <x:s v="501"/>
         <x:s v="201"/>
         <x:s v="202"/>
         <x:s v="301"/>
         <x:s v="302"/>
         <x:s v="303"/>
         <x:s v="304"/>
         <x:s v="602"/>
         <x:s v="-03"/>
@@ -14463,27 +14270,4648 @@
         <x:n v="1807"/>
         <x:n v="16733"/>
         <x:n v="2653"/>
         <x:n v="201"/>
         <x:n v="3088"/>
         <x:n v="3541"/>
         <x:n v="3729"/>
         <x:n v="455643"/>
         <x:n v="714994"/>
         <x:n v="4091"/>
         <x:n v="35430"/>
         <x:n v="5306"/>
         <x:n v="382"/>
         <x:n v="3547"/>
         <x:n v="4679"/>
         <x:n v="6384"/>
         <x:n v="12722"/>
         <x:n v="787535"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2893428"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13098"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253619"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23835"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2342"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14474"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28041"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34032"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48648"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3311517"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1419058"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6256"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138649"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11471"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7811"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14392"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18353"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26888"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1644182"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1474370"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6842"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114970"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12364"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6663"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13649"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15679"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21760"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1667335"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1761745"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7200"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201456"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15876"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1759"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7839"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19821"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23919"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28724"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2068339"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1002369"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4449"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121916"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8818"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4723"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10851"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14624"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19686"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1188539"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="759376"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2751"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79540"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7058"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3116"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8970"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9295"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9038"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="879800"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1627713"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1806"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182207"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9187"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6924"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17639"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20464"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25367"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1892787"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="921168"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111658"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5475"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4232"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9559"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12631"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17376"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1084097"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="706545"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70549"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3712"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2692"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8080"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7833"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7991"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="808690"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16429"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6239"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2067"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27791"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9553"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3243"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15554"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6876"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2996"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12237"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117603"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4594"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13010"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4622"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1649"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2600"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2899"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147761"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71648"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2890"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7015"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2392"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1513"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88888"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45955"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1704"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5995"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2230"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58873"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="303673"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14267"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4092"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5368"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4552"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4076"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4108"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="341625"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142697"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6270"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1859"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2853"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2854"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2111"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2203"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161478"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160976"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7997"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2233"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2515"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1698"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1965"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1905"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180147"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342149"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2915"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20292"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2564"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2974"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3443"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7582"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="383108"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13925"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16498"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328224"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2736"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19058"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2396"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2714"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3182"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7202"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366610"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="347700"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12139"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6547"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="368692"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190698"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6413"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3768"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202095"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157002"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5726"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166597"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129483"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4307"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137776"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65726"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2264"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70241"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63757"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2043"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67535"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8678"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11977"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3643"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5331"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5035"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6646"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1131683"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5898"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52163"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7959"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6635"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8220"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10113"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19924"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1243178"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="416689"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16733"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2653"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3088"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3541"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3729"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7202"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="455643"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="714994"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4091"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35430"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5306"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3547"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4679"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6384"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12722"/>
+  </r>
+  <r>
+    <s v="C0508"/>
+    <s v=" Population Aged 15 Years and Over Usually Resident and Present in the State"/>
+    <s v="-03"/>
+    <s v="All persons aged under 15 years not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="787535"/>
+  </r>
+</pivotCacheRecords>
 </file>