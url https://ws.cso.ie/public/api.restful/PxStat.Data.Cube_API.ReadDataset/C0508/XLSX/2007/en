--- v1 (2026-01-10)
+++ v2 (2026-02-25)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93036a3a90d142eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d2816d120ae2497ab767eb2bf0c623d4.psmdcp" Id="Raa2dd5238ab748fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22a89f18682a458f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/881d1b97ca6444c8948d9b1f4dd475d5.psmdcp" Id="Rca389662614d49c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>