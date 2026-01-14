--- v0 (2025-10-29)
+++ v1 (2026-01-14)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e13c0eb9f534cd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2fe0ea850d5d485889fba9286e79bf67.psmdcp" Id="Re66066d3629d4e5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63d282eb07d341e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/20f585b6fe174ac6ac1f5fa89eb163b1.psmdcp" Id="Re22503c0d88d44b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0507</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0507/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P5</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 5 - Ethnic or Cultural Background including the Irish Traveller Community</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -493,363 +493,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02688V03255" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ethnic or Cultural Background" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L331" totalsRowShown="0">
   <x:autoFilter ref="A1:L331"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02688V03255"/>
     <x:tableColumn id="6" name="Ethnic or Cultural Background"/>
     <x:tableColumn id="7" name="C02712V03280"/>
     <x:tableColumn id="8" name="Religion"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1122,51 +929,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0507/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1353,51 +1160,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L331"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="44.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -13967,51 +13774,51 @@
       <x:c r="I331" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L331" s="0">
         <x:v>2086821</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14028,51 +13835,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L331" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0507"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -14446,27 +14253,4648 @@
         <x:n v="229"/>
         <x:n v="137"/>
         <x:n v="83"/>
         <x:n v="435"/>
         <x:n v="1113"/>
         <x:n v="17578"/>
         <x:n v="33268"/>
         <x:n v="1846362"/>
         <x:n v="12860"/>
         <x:n v="60422"/>
         <x:n v="9730"/>
         <x:n v="14805"/>
         <x:n v="10503"/>
         <x:n v="5372"/>
         <x:n v="26857"/>
         <x:n v="70643"/>
         <x:n v="29267"/>
         <x:n v="2086821"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3392284"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85055"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13544"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13105"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4352"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17123"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98589"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18145"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3645199"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21277"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22369"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157855"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3597"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25675"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15072"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4974"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5416"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3408"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14235"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54487"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4322"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289041"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11565"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6916"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2954"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5897"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1735"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1971"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7407"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40525"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1791"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3793"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1544"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2159"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11030"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16533"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12203"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11577"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7659"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1784"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35812"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22753"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6035"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2415"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2410"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4103"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5623"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46438"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23693"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2710"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40518"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72303"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3644965"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31779"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118948"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19994"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28028"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21496"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10768"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54033"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175252"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66750"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4172013"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1665947"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42038"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6507"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6749"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2141"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8919"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61034"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9978"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1804819"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10434"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10990"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86789"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2162"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12596"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7677"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2379"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2854"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1806"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6762"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31273"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2557"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156855"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5668"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3879"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2672"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3378"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19774"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2038"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6072"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8687"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5061"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7110"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4136"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18311"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11481"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3773"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1272"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2194"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3144"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24683"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11630"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1597"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22940"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39035"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1798603"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18919"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58526"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10264"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13223"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10993"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5396"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27176"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104609"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37483"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2085192"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1726337"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43017"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7037"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6356"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8204"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37555"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8167"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1840380"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10843"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11379"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71066"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13079"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7395"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2595"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2562"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1602"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7473"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23214"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132186"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5897"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3037"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3225"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4029"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20751"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4958"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7846"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7142"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4467"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3523"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17501"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11272"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2262"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1909"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2479"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21755"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12063"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17578"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33268"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1846362"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12860"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60422"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9730"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14805"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10503"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5372"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26857"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70643"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29267"/>
+  </r>
+  <r>
+    <s v="C0507"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2086821"/>
+  </r>
+</pivotCacheRecords>
 </file>