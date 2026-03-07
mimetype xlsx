--- v1 (2026-01-14)
+++ v2 (2026-03-07)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63d282eb07d341e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/20f585b6fe174ac6ac1f5fa89eb163b1.psmdcp" Id="Re22503c0d88d44b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3dfb089b69f4e09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/76bcba9cd4b348deb0cbc59237ca6aa9.psmdcp" Id="Radd9a739c7574c0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>