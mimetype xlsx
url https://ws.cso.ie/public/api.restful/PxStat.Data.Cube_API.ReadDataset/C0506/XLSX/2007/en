--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08a4e553c1b04004" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f322f49af1a3439c89f61e445a765efe.psmdcp" Id="R9b57799647b34904" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8cee960be4949bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cdb6342f8ada40e1baa2e4130b411586.psmdcp" Id="R30b529f9b83c4272" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0506</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0506/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P5</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 5 - Ethnic or Cultural Background including the Irish Traveller Community</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -766,715 +766,252 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...663 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02688V03255" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ethnic or Cultural Background" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="60">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="60">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J601" totalsRowShown="0">
   <x:autoFilter ref="A1:J601"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02688V03255"/>
     <x:tableColumn id="4" name="Ethnic or Cultural Background"/>
     <x:tableColumn id="5" name="C02537V03240"/>
     <x:tableColumn id="6" name="Nationality"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1745,51 +1282,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0506/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1976,51 +1513,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J601"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="44.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="20.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -21242,51 +20779,51 @@
       <x:c r="G601" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H601" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I601" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J601" s="0">
         <x:v>4172013</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -21303,51 +20840,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J601" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0506"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02688V03255">
       <x:sharedItems count="10">
         <x:s v="011"/>
         <x:s v="012"/>
         <x:s v="013"/>
         <x:s v="021"/>
         <x:s v="022"/>
         <x:s v="031"/>
         <x:s v="032"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="-"/>
       </x:sharedItems>
@@ -21856,27 +21393,7228 @@
         <x:n v="8460"/>
         <x:n v="9548"/>
         <x:n v="11161"/>
         <x:n v="4998"/>
         <x:n v="2979"/>
         <x:n v="9806"/>
         <x:n v="21124"/>
         <x:n v="12475"/>
         <x:n v="4388"/>
         <x:n v="2343"/>
         <x:n v="1918"/>
         <x:n v="4033"/>
         <x:n v="1756"/>
         <x:n v="7984"/>
         <x:n v="2358"/>
         <x:n v="1318"/>
         <x:n v="44279"/>
         <x:n v="4172013"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3594243"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3564325"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11099"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10332"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2411"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6076"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30357"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="EU25X01"/>
+    <s v="EU25 excluding Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20294"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18897"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="AT"/>
+    <s v="Austrian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="DK"/>
+    <s v="Danish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="FI"/>
+    <s v="Finnish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="GR"/>
+    <s v="Greek"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="LU"/>
+    <s v="Luxembourger"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="CY"/>
+    <s v="Cypriot"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="MT"/>
+    <s v="Maltese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="SI"/>
+    <s v="Slovenian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="OEUR03"/>
+    <s v="Other European (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="OEUR05"/>
+    <s v="Other European (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="OAS01"/>
+    <s v="Other Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5029"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4409"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3185"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20340"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3645199"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21769"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21690"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="EU25X01"/>
+    <s v="EU25 excluding Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="AT"/>
+    <s v="Austrian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="DK"/>
+    <s v="Danish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="FI"/>
+    <s v="Finnish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="GR"/>
+    <s v="Greek"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="LU"/>
+    <s v="Luxembourger"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="CY"/>
+    <s v="Cypriot"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="MT"/>
+    <s v="Maltese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="SI"/>
+    <s v="Slovenian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="OEUR03"/>
+    <s v="Other European (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="OEUR05"/>
+    <s v="Other European (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="OAS01"/>
+    <s v="Other Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22369"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19115"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10629"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2839"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2043"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2264"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268022"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="EU25X01"/>
+    <s v="EU25 excluding Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="226622"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81378"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="AT"/>
+    <s v="Austrian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="DK"/>
+    <s v="Danish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="FI"/>
+    <s v="Finnish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7423"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9123"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="GR"/>
+    <s v="Greek"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5076"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="LU"/>
+    <s v="Luxembourger"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3221"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5170"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1508"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="CY"/>
+    <s v="Cypriot"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4554"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2022"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3008"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11698"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22074"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="MT"/>
+    <s v="Maltese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58565"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7185"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="SI"/>
+    <s v="Slovenian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="OEUR03"/>
+    <s v="Other European (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18464"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5259"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3729"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2631"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="OEUR05"/>
+    <s v="Other European (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6845"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4009"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3291"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="OAS01"/>
+    <s v="Other Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9669"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6083"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1557"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2799"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2444"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1486"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289041"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11440"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10377"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28433"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="EU25X01"/>
+    <s v="EU25 excluding Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="AT"/>
+    <s v="Austrian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="DK"/>
+    <s v="Danish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="FI"/>
+    <s v="Finnish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="GR"/>
+    <s v="Greek"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="LU"/>
+    <s v="Luxembourger"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="CY"/>
+    <s v="Cypriot"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="MT"/>
+    <s v="Maltese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="SI"/>
+    <s v="Slovenian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="OEUR03"/>
+    <s v="Other European (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="OEUR05"/>
+    <s v="Other European (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26854"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15556"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10034"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="OAS01"/>
+    <s v="Other Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40525"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2178"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="EU25X01"/>
+    <s v="EU25 excluding Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="AT"/>
+    <s v="Austrian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="DK"/>
+    <s v="Danish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="FI"/>
+    <s v="Finnish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="GR"/>
+    <s v="Greek"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="LU"/>
+    <s v="Luxembourger"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="CY"/>
+    <s v="Cypriot"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="MT"/>
+    <s v="Maltese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="SI"/>
+    <s v="Slovenian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="OEUR03"/>
+    <s v="Other European (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="OEUR05"/>
+    <s v="Other European (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="OAS01"/>
+    <s v="Other Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3793"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3078"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2747"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13165"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="EU25X01"/>
+    <s v="EU25 excluding Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="AT"/>
+    <s v="Austrian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="DK"/>
+    <s v="Danish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="FI"/>
+    <s v="Finnish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="GR"/>
+    <s v="Greek"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="LU"/>
+    <s v="Luxembourger"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="CY"/>
+    <s v="Cypriot"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="MT"/>
+    <s v="Maltese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="SI"/>
+    <s v="Slovenian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="OEUR03"/>
+    <s v="Other European (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="OEUR05"/>
+    <s v="Other European (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11994"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10566"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="OAS01"/>
+    <s v="Other Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16533"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6190"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5197"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29388"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="EU25X01"/>
+    <s v="EU25 excluding Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="AT"/>
+    <s v="Austrian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="DK"/>
+    <s v="Danish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="FI"/>
+    <s v="Finnish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="GR"/>
+    <s v="Greek"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="LU"/>
+    <s v="Luxembourger"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="CY"/>
+    <s v="Cypriot"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="MT"/>
+    <s v="Maltese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="SI"/>
+    <s v="Slovenian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="OEUR03"/>
+    <s v="Other European (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="OEUR05"/>
+    <s v="Other European (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26868"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6954"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8015"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4092"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1749"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="OAS01"/>
+    <s v="Other Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6016"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35812"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12934"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9336"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33085"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="EU25X01"/>
+    <s v="EU25 excluding Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16416"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7064"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="AT"/>
+    <s v="Austrian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="DK"/>
+    <s v="Danish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="FI"/>
+    <s v="Finnish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="GR"/>
+    <s v="Greek"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="LU"/>
+    <s v="Luxembourger"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="CY"/>
+    <s v="Cypriot"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="MT"/>
+    <s v="Maltese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2557"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="SI"/>
+    <s v="Slovenian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="OEUR03"/>
+    <s v="Other European (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3547"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="OEUR05"/>
+    <s v="Other European (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1351"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2231"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1597"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5042"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="OAS01"/>
+    <s v="Other Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1747"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4327"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2161"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46438"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36368"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35802"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14773"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="EU25X01"/>
+    <s v="EU25 excluding Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8471"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2812"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="AT"/>
+    <s v="Austrian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="DK"/>
+    <s v="Danish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="FI"/>
+    <s v="Finnish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="GR"/>
+    <s v="Greek"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="LU"/>
+    <s v="Luxembourger"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="CY"/>
+    <s v="Cypriot"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="MT"/>
+    <s v="Maltese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1719"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="SI"/>
+    <s v="Slovenian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="OEUR03"/>
+    <s v="Other European (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="OEUR05"/>
+    <s v="Other European (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="OAS01"/>
+    <s v="Other Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21029"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72303"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3706683"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3661560"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14829"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12350"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5267"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12677"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419733"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="EU25X01"/>
+    <s v="EU25 excluding Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="275775"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112548"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="AT"/>
+    <s v="Austrian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="DK"/>
+    <s v="Danish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="FI"/>
+    <s v="Finnish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9046"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10289"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="GR"/>
+    <s v="Greek"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6190"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="LU"/>
+    <s v="Luxembourger"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3990"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6052"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1742"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="CY"/>
+    <s v="Cypriot"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5159"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2272"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3440"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13319"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24628"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="MT"/>
+    <s v="Maltese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63276"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8111"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="SI"/>
+    <s v="Slovenian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="OEUR03"/>
+    <s v="Other European (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24425"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7696"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4495"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3122"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="OEUR05"/>
+    <s v="Other European (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9112"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35326"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16300"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5432"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13594"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46952"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8460"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9548"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11161"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4998"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2979"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="OAS01"/>
+    <s v="Other Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9806"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21124"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12475"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4388"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2343"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4033"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7984"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2358"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44279"/>
+  </r>
+  <r>
+    <s v="C0506"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4172013"/>
+  </r>
+</pivotCacheRecords>
 </file>