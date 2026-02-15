--- v1 (2025-12-25)
+++ v2 (2026-02-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8cee960be4949bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cdb6342f8ada40e1baa2e4130b411586.psmdcp" Id="R30b529f9b83c4272" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00e68eb249ac479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fa53a4b618f04249ba36de62d3e3e057.psmdcp" Id="R2a44ddd64c404280" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>