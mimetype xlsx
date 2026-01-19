--- v0 (2025-11-04)
+++ v1 (2026-01-19)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ddd7c7e228242fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c10b7ebdbc1d47a0a28cdfd220abc66a.psmdcp" Id="Rf92c9bc71f844662" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e47481503804b6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95584cd3300d47d48427fd3c4b885cc9.psmdcp" Id="Rcc5ea663a82748d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0504</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0504/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P5</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 5 - Ethnic or Cultural Background including the Irish Traveller Community</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -949,955 +949,312 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...903 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02688V03255" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ethnic or Cultural Background" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02800V03369" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="90">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+      </items>
+    </pivotField>
+    <pivotField name="Towns by Size" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="90">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J901" totalsRowShown="0">
   <x:autoFilter ref="A1:J901"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02688V03255"/>
     <x:tableColumn id="4" name="Ethnic or Cultural Background"/>
     <x:tableColumn id="5" name="C02800V03369"/>
     <x:tableColumn id="6" name="Towns by Size"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -2168,51 +1525,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0504/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2399,51 +1756,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J901"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="44.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="60.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -31265,51 +30622,51 @@
       <x:c r="G901" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H901" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I901" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J901" s="0">
         <x:v>1612346</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -31326,51 +30683,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J901" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0504"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02688V03255">
       <x:sharedItems count="10">
         <x:s v="011"/>
         <x:s v="012"/>
         <x:s v="013"/>
         <x:s v="021"/>
         <x:s v="022"/>
         <x:s v="031"/>
         <x:s v="032"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="-"/>
       </x:sharedItems>
@@ -32184,27 +31541,10828 @@
         <x:n v="5571"/>
         <x:n v="5390"/>
         <x:n v="4438"/>
         <x:n v="5123"/>
         <x:n v="5126"/>
         <x:n v="5062"/>
         <x:n v="4885"/>
         <x:n v="4859"/>
         <x:n v="4926"/>
         <x:n v="4762"/>
         <x:n v="104791"/>
         <x:n v="122549"/>
         <x:n v="2455409"/>
         <x:n v="73757"/>
         <x:n v="115903"/>
         <x:n v="95770"/>
         <x:n v="1326916"/>
         <x:n v="1612346"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3550140"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="100100"/>
+    <s v="Dublin and Surburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="825276"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="322518"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158514"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72933"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50918"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40153"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="492443"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28806"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29326"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26262"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26577"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19189"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18576"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="101400"/>
+    <s v="Tralee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17682"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="101500"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17778"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16368"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="101700"/>
+    <s v="Naas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15137"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="101800"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14723"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="101900"/>
+    <s v="Droichead Nua"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15072"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="102000"/>
+    <s v="Mullingar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14217"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="102100"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15112"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="102200"/>
+    <s v="Letterkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13795"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13608"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="102400"/>
+    <s v="Celbridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14457"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="102500"/>
+    <s v="Clonmel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14596"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="102600"/>
+    <s v="Balbriggan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12410"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12729"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="102800"/>
+    <s v="Leixlip"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12597"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10760"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="103000"/>
+    <s v="Killarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8342"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="103100"/>
+    <s v="Greystones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12608"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9607"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="103300"/>
+    <s v="Carrigaline"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11047"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="103400"/>
+    <s v="Castlebar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9274"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="103500"/>
+    <s v="Arklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9934"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9857"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="103700"/>
+    <s v="Maynooth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8114"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="103800"/>
+    <s v="Ballina"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8711"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8497"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8678"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="104100"/>
+    <s v="Midleton"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7997"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="104200"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222042"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="104300"/>
+    <s v="Tramore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8217"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="104400"/>
+    <s v="Enniscorthy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7976"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="104500"/>
+    <s v="Skerries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8199"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="104600"/>
+    <s v="Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7203"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="104700"/>
+    <s v="Portmarnock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8056"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="104800"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7728"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="104900"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6050"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="105000"/>
+    <s v="Ashbourne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6871"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="105100"/>
+    <s v="Dungarvan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6972"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="105200"/>
+    <s v="Rush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6857"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="105300"/>
+    <s v="Athy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6668"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="105400"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5671"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="105500"/>
+    <s v="Nenagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6095"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="105600"/>
+    <s v="New Ross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5922"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="105700"/>
+    <s v="Thurles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6583"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="105800"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6202"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="105900"/>
+    <s v="Ratoath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6415"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="106000"/>
+    <s v="Gorey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5916"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="106100"/>
+    <s v="Tuam"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5226"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="106200"/>
+    <s v="Trim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5634"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5820"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="106400"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4571"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="106500"/>
+    <s v="Ballinasloe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4878"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="106600"/>
+    <s v="Portarlington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5089"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5133"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="106800"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5211"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="106900"/>
+    <s v="Edenderry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4846"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="107000"/>
+    <s v="Fermoy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4522"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="107100"/>
+    <s v="Bandon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4699"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="107200"/>
+    <s v="Dunboyne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5078"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="107300"/>
+    <s v="Donabate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4606"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="107400"/>
+    <s v="Westport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3790"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="107500"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4476"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="107600"/>
+    <s v="Lusk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4271"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="107700"/>
+    <s v="Passage West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4517"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="107800"/>
+    <s v="Newcastle West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3961"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4063"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="108000"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4367"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="108100"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3683"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="108200"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88662"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="111200"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104380"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="117600"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2055321"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="117700"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65181"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="117800"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104235"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="117900"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87911"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="118000"/>
+    <s v="Remainder of country"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1237492"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="118100"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1494819"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21935"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="100100"/>
+    <s v="Dublin and Surburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4253"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2578"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4771"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="101400"/>
+    <s v="Tralee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="101500"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="101700"/>
+    <s v="Naas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="101800"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="101900"/>
+    <s v="Droichead Nua"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="102000"/>
+    <s v="Mullingar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="102100"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="102200"/>
+    <s v="Letterkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="102400"/>
+    <s v="Celbridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="102500"/>
+    <s v="Clonmel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="102600"/>
+    <s v="Balbriggan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="102800"/>
+    <s v="Leixlip"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="103000"/>
+    <s v="Killarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="103100"/>
+    <s v="Greystones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="103300"/>
+    <s v="Carrigaline"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="103400"/>
+    <s v="Castlebar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="103500"/>
+    <s v="Arklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="103700"/>
+    <s v="Maynooth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="103800"/>
+    <s v="Ballina"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="104100"/>
+    <s v="Midleton"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="104200"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2701"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="104300"/>
+    <s v="Tramore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="104400"/>
+    <s v="Enniscorthy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="104500"/>
+    <s v="Skerries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="104600"/>
+    <s v="Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="104700"/>
+    <s v="Portmarnock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="104800"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="104900"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="105000"/>
+    <s v="Ashbourne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="105100"/>
+    <s v="Dungarvan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="105200"/>
+    <s v="Rush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="105300"/>
+    <s v="Athy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="105400"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="105500"/>
+    <s v="Nenagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="105600"/>
+    <s v="New Ross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="105700"/>
+    <s v="Thurles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="105800"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="105900"/>
+    <s v="Ratoath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="106000"/>
+    <s v="Gorey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="106100"/>
+    <s v="Tuam"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="106200"/>
+    <s v="Trim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="106400"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="106500"/>
+    <s v="Ballinasloe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="106600"/>
+    <s v="Portarlington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="106800"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="106900"/>
+    <s v="Edenderry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="107000"/>
+    <s v="Fermoy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="107100"/>
+    <s v="Bandon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="107200"/>
+    <s v="Dunboyne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="107300"/>
+    <s v="Donabate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="107400"/>
+    <s v="Westport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="107500"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="107600"/>
+    <s v="Lusk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="107700"/>
+    <s v="Passage West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="107800"/>
+    <s v="Newcastle West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="108000"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="108100"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="108200"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="111200"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="117600"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16262"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="117700"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="117800"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="117900"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="118000"/>
+    <s v="Remainder of country"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4250"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="118100"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5673"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285060"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="100100"/>
+    <s v="Dublin and Surburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81889"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29737"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12541"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6645"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7633"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2918"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50768"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2374"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3799"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2287"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2522"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2065"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="101400"/>
+    <s v="Tralee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1770"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="101500"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1849"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1786"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="101700"/>
+    <s v="Naas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2556"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="101800"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="101900"/>
+    <s v="Droichead Nua"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1759"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="102000"/>
+    <s v="Mullingar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1879"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="102100"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="102200"/>
+    <s v="Letterkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1403"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="102400"/>
+    <s v="Celbridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="102500"/>
+    <s v="Clonmel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="102600"/>
+    <s v="Balbriggan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="102800"/>
+    <s v="Leixlip"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="103000"/>
+    <s v="Killarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="103100"/>
+    <s v="Greystones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="103300"/>
+    <s v="Carrigaline"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="103400"/>
+    <s v="Castlebar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="103500"/>
+    <s v="Arklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="103700"/>
+    <s v="Maynooth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="103800"/>
+    <s v="Ballina"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="104100"/>
+    <s v="Midleton"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="104200"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23937"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="104300"/>
+    <s v="Tramore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="104400"/>
+    <s v="Enniscorthy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="104500"/>
+    <s v="Skerries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="104600"/>
+    <s v="Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="104700"/>
+    <s v="Portmarnock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="104800"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="104900"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="105000"/>
+    <s v="Ashbourne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="105100"/>
+    <s v="Dungarvan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="105200"/>
+    <s v="Rush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="105300"/>
+    <s v="Athy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="105400"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="105500"/>
+    <s v="Nenagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="105600"/>
+    <s v="New Ross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="105700"/>
+    <s v="Thurles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="105800"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="105900"/>
+    <s v="Ratoath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="106000"/>
+    <s v="Gorey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="106100"/>
+    <s v="Tuam"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="106200"/>
+    <s v="Trim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="106400"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="106500"/>
+    <s v="Ballinasloe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="106600"/>
+    <s v="Portarlington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="106800"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="106900"/>
+    <s v="Edenderry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="107000"/>
+    <s v="Fermoy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="107100"/>
+    <s v="Bandon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="107200"/>
+    <s v="Dunboyne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="107300"/>
+    <s v="Donabate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="107400"/>
+    <s v="Westport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="107500"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="107600"/>
+    <s v="Lusk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="107700"/>
+    <s v="Passage West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="107800"/>
+    <s v="Newcastle West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="108000"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="108100"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="108200"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10241"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="111200"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10591"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="117600"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207163"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="117700"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5316"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="117800"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7397"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="117900"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5218"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="118000"/>
+    <s v="Remainder of country"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59966"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="118100"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77897"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39734"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="100100"/>
+    <s v="Dublin and Surburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16673"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5676"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1837"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1870"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11409"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="101400"/>
+    <s v="Tralee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="101500"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="101700"/>
+    <s v="Naas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="101800"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="101900"/>
+    <s v="Droichead Nua"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="102000"/>
+    <s v="Mullingar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="102100"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="102200"/>
+    <s v="Letterkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="102400"/>
+    <s v="Celbridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="102500"/>
+    <s v="Clonmel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="102600"/>
+    <s v="Balbriggan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="102800"/>
+    <s v="Leixlip"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="103000"/>
+    <s v="Killarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="103100"/>
+    <s v="Greystones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="103300"/>
+    <s v="Carrigaline"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="103400"/>
+    <s v="Castlebar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="103500"/>
+    <s v="Arklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="103700"/>
+    <s v="Maynooth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="103800"/>
+    <s v="Ballina"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="104100"/>
+    <s v="Midleton"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="104200"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2926"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="104300"/>
+    <s v="Tramore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="104400"/>
+    <s v="Enniscorthy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="104500"/>
+    <s v="Skerries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="104600"/>
+    <s v="Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="104700"/>
+    <s v="Portmarnock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="104800"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="104900"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="105000"/>
+    <s v="Ashbourne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="105100"/>
+    <s v="Dungarvan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="105200"/>
+    <s v="Rush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="105300"/>
+    <s v="Athy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="105400"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="105500"/>
+    <s v="Nenagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="105600"/>
+    <s v="New Ross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="105700"/>
+    <s v="Thurles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="105800"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="105900"/>
+    <s v="Ratoath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="106000"/>
+    <s v="Gorey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="106100"/>
+    <s v="Tuam"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="106200"/>
+    <s v="Trim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="106400"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="106500"/>
+    <s v="Ballinasloe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="106600"/>
+    <s v="Portarlington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="106800"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="106900"/>
+    <s v="Edenderry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="107000"/>
+    <s v="Fermoy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="107100"/>
+    <s v="Bandon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="107200"/>
+    <s v="Dunboyne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="107300"/>
+    <s v="Donabate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="107400"/>
+    <s v="Westport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="107500"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="107600"/>
+    <s v="Lusk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="107700"/>
+    <s v="Passage West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="107800"/>
+    <s v="Newcastle West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="108000"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="108100"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="108200"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="111200"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="117600"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38062"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="117700"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="117800"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="117900"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="118000"/>
+    <s v="Remainder of country"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="118100"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1672"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3701"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="100100"/>
+    <s v="Dublin and Surburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="101400"/>
+    <s v="Tralee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="101500"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="101700"/>
+    <s v="Naas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="101800"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="101900"/>
+    <s v="Droichead Nua"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="102000"/>
+    <s v="Mullingar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="102100"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="102200"/>
+    <s v="Letterkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="102400"/>
+    <s v="Celbridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="102500"/>
+    <s v="Clonmel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="102600"/>
+    <s v="Balbriggan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="102800"/>
+    <s v="Leixlip"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="103000"/>
+    <s v="Killarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="103100"/>
+    <s v="Greystones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="103300"/>
+    <s v="Carrigaline"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="103400"/>
+    <s v="Castlebar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="103500"/>
+    <s v="Arklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="103700"/>
+    <s v="Maynooth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="103800"/>
+    <s v="Ballina"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="104100"/>
+    <s v="Midleton"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="104200"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="104300"/>
+    <s v="Tramore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="104400"/>
+    <s v="Enniscorthy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="104500"/>
+    <s v="Skerries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="104600"/>
+    <s v="Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="104700"/>
+    <s v="Portmarnock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="104800"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="104900"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="105000"/>
+    <s v="Ashbourne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="105100"/>
+    <s v="Dungarvan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="105200"/>
+    <s v="Rush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="105300"/>
+    <s v="Athy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="105400"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="105500"/>
+    <s v="Nenagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="105600"/>
+    <s v="New Ross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="105700"/>
+    <s v="Thurles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="105800"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="105900"/>
+    <s v="Ratoath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="106000"/>
+    <s v="Gorey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="106100"/>
+    <s v="Tuam"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="106200"/>
+    <s v="Trim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="106400"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="106500"/>
+    <s v="Ballinasloe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="106600"/>
+    <s v="Portarlington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="106800"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="106900"/>
+    <s v="Edenderry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="107000"/>
+    <s v="Fermoy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="107100"/>
+    <s v="Bandon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="107200"/>
+    <s v="Dunboyne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="107300"/>
+    <s v="Donabate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="107400"/>
+    <s v="Westport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="107500"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="107600"/>
+    <s v="Lusk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="107700"/>
+    <s v="Passage West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="107800"/>
+    <s v="Newcastle West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="108000"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="108100"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="108200"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="111200"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="117600"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3148"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="117700"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="117800"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="117900"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="118000"/>
+    <s v="Remainder of country"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="118100"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16250"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="100100"/>
+    <s v="Dublin and Surburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9785"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1617"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2549"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="101400"/>
+    <s v="Tralee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="101500"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="101700"/>
+    <s v="Naas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="101800"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="101900"/>
+    <s v="Droichead Nua"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="102000"/>
+    <s v="Mullingar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="102100"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="102200"/>
+    <s v="Letterkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="102400"/>
+    <s v="Celbridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="102500"/>
+    <s v="Clonmel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="102600"/>
+    <s v="Balbriggan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="102800"/>
+    <s v="Leixlip"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="103000"/>
+    <s v="Killarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="103100"/>
+    <s v="Greystones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="103300"/>
+    <s v="Carrigaline"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="103400"/>
+    <s v="Castlebar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="103500"/>
+    <s v="Arklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="103700"/>
+    <s v="Maynooth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="103800"/>
+    <s v="Ballina"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="104100"/>
+    <s v="Midleton"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="104200"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="104300"/>
+    <s v="Tramore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="104400"/>
+    <s v="Enniscorthy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="104500"/>
+    <s v="Skerries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="104600"/>
+    <s v="Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="104700"/>
+    <s v="Portmarnock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="104800"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="104900"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="105000"/>
+    <s v="Ashbourne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="105100"/>
+    <s v="Dungarvan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="105200"/>
+    <s v="Rush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="105300"/>
+    <s v="Athy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="105400"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="105500"/>
+    <s v="Nenagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="105600"/>
+    <s v="New Ross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="105700"/>
+    <s v="Thurles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="105800"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="105900"/>
+    <s v="Ratoath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="106000"/>
+    <s v="Gorey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="106100"/>
+    <s v="Tuam"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="106200"/>
+    <s v="Trim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="106400"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="106500"/>
+    <s v="Ballinasloe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="106600"/>
+    <s v="Portarlington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="106800"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="106900"/>
+    <s v="Edenderry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="107000"/>
+    <s v="Fermoy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="107100"/>
+    <s v="Bandon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="107200"/>
+    <s v="Dunboyne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="107300"/>
+    <s v="Donabate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="107400"/>
+    <s v="Westport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="107500"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="107600"/>
+    <s v="Lusk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="107700"/>
+    <s v="Passage West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="107800"/>
+    <s v="Newcastle West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="108000"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="108100"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="108200"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="111200"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="117600"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15215"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="117700"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="117800"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="117900"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="118000"/>
+    <s v="Remainder of country"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="118100"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35165"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="100100"/>
+    <s v="Dublin and Surburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18691"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4123"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6264"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="101400"/>
+    <s v="Tralee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="101500"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="101700"/>
+    <s v="Naas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="101800"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="101900"/>
+    <s v="Droichead Nua"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="102000"/>
+    <s v="Mullingar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="102100"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="102200"/>
+    <s v="Letterkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="102400"/>
+    <s v="Celbridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="102500"/>
+    <s v="Clonmel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="102600"/>
+    <s v="Balbriggan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="102800"/>
+    <s v="Leixlip"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="103000"/>
+    <s v="Killarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="103100"/>
+    <s v="Greystones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="103300"/>
+    <s v="Carrigaline"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="103400"/>
+    <s v="Castlebar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="103500"/>
+    <s v="Arklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="103700"/>
+    <s v="Maynooth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="103800"/>
+    <s v="Ballina"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="104100"/>
+    <s v="Midleton"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="104200"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1800"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="104300"/>
+    <s v="Tramore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="104400"/>
+    <s v="Enniscorthy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="104500"/>
+    <s v="Skerries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="104600"/>
+    <s v="Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="104700"/>
+    <s v="Portmarnock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="104800"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="104900"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="105000"/>
+    <s v="Ashbourne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="105100"/>
+    <s v="Dungarvan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="105200"/>
+    <s v="Rush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="105300"/>
+    <s v="Athy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="105400"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="105500"/>
+    <s v="Nenagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="105600"/>
+    <s v="New Ross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="105700"/>
+    <s v="Thurles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="105800"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="105900"/>
+    <s v="Ratoath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="106000"/>
+    <s v="Gorey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="106100"/>
+    <s v="Tuam"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="106200"/>
+    <s v="Trim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="106400"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="106500"/>
+    <s v="Ballinasloe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="106600"/>
+    <s v="Portarlington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="106800"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="106900"/>
+    <s v="Edenderry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="107000"/>
+    <s v="Fermoy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="107100"/>
+    <s v="Bandon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="107200"/>
+    <s v="Dunboyne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="107300"/>
+    <s v="Donabate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="107400"/>
+    <s v="Westport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="107500"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="107600"/>
+    <s v="Lusk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="107700"/>
+    <s v="Passage West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="107800"/>
+    <s v="Newcastle West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="108000"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="108100"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="108200"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="111200"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="117600"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32558"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="117700"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="117800"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="117900"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="118000"/>
+    <s v="Remainder of country"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="118100"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2607"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45581"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="100100"/>
+    <s v="Dublin and Surburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15199"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4667"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2030"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8449"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="101400"/>
+    <s v="Tralee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="101500"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="101700"/>
+    <s v="Naas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="101800"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="101900"/>
+    <s v="Droichead Nua"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="102000"/>
+    <s v="Mullingar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="102100"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="102200"/>
+    <s v="Letterkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="102400"/>
+    <s v="Celbridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="102500"/>
+    <s v="Clonmel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="102600"/>
+    <s v="Balbriggan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="102800"/>
+    <s v="Leixlip"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="103000"/>
+    <s v="Killarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="103100"/>
+    <s v="Greystones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="103300"/>
+    <s v="Carrigaline"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="103400"/>
+    <s v="Castlebar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="103500"/>
+    <s v="Arklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="103700"/>
+    <s v="Maynooth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="103800"/>
+    <s v="Ballina"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="104100"/>
+    <s v="Midleton"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="104200"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3779"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="104300"/>
+    <s v="Tramore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="104400"/>
+    <s v="Enniscorthy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="104500"/>
+    <s v="Skerries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="104600"/>
+    <s v="Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="104700"/>
+    <s v="Portmarnock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="104800"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="104900"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="105000"/>
+    <s v="Ashbourne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="105100"/>
+    <s v="Dungarvan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="105200"/>
+    <s v="Rush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="105300"/>
+    <s v="Athy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="105400"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="105500"/>
+    <s v="Nenagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="105600"/>
+    <s v="New Ross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="105700"/>
+    <s v="Thurles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="105800"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="105900"/>
+    <s v="Ratoath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="106000"/>
+    <s v="Gorey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="106100"/>
+    <s v="Tuam"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="106200"/>
+    <s v="Trim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="106400"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="106500"/>
+    <s v="Ballinasloe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="106600"/>
+    <s v="Portarlington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="106800"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="106900"/>
+    <s v="Edenderry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="107000"/>
+    <s v="Fermoy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="107100"/>
+    <s v="Bandon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="107200"/>
+    <s v="Dunboyne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="107300"/>
+    <s v="Donabate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="107400"/>
+    <s v="Westport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="107500"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="107600"/>
+    <s v="Lusk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="107700"/>
+    <s v="Passage West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="107800"/>
+    <s v="Newcastle West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="108000"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="108100"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="108200"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="111200"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2108"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="117600"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35740"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="117700"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="117800"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="117900"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="118000"/>
+    <s v="Remainder of country"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7354"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="118100"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9841"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70189"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="100100"/>
+    <s v="Dublin and Surburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25134"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7103"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3470"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11233"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="101400"/>
+    <s v="Tralee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="101500"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="101700"/>
+    <s v="Naas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="101800"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="101900"/>
+    <s v="Droichead Nua"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="102000"/>
+    <s v="Mullingar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="102100"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="102200"/>
+    <s v="Letterkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="102400"/>
+    <s v="Celbridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="102500"/>
+    <s v="Clonmel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="102600"/>
+    <s v="Balbriggan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="102800"/>
+    <s v="Leixlip"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="103000"/>
+    <s v="Killarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="103100"/>
+    <s v="Greystones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="103300"/>
+    <s v="Carrigaline"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="103400"/>
+    <s v="Castlebar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="103500"/>
+    <s v="Arklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="103700"/>
+    <s v="Maynooth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="103800"/>
+    <s v="Ballina"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="104100"/>
+    <s v="Midleton"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="104200"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4480"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="104300"/>
+    <s v="Tramore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="104400"/>
+    <s v="Enniscorthy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="104500"/>
+    <s v="Skerries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="104600"/>
+    <s v="Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="104700"/>
+    <s v="Portmarnock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="104800"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="104900"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="105000"/>
+    <s v="Ashbourne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="105100"/>
+    <s v="Dungarvan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="105200"/>
+    <s v="Rush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="105300"/>
+    <s v="Athy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="105400"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="105500"/>
+    <s v="Nenagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="105600"/>
+    <s v="New Ross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="105700"/>
+    <s v="Thurles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="105800"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="105900"/>
+    <s v="Ratoath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="106000"/>
+    <s v="Gorey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="106100"/>
+    <s v="Tuam"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="106200"/>
+    <s v="Trim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="106400"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="106500"/>
+    <s v="Ballinasloe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="106600"/>
+    <s v="Portarlington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="106800"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="106900"/>
+    <s v="Edenderry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="107000"/>
+    <s v="Fermoy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="107100"/>
+    <s v="Bandon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="107200"/>
+    <s v="Dunboyne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="107300"/>
+    <s v="Donabate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="107400"/>
+    <s v="Westport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="107500"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="107600"/>
+    <s v="Lusk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="107700"/>
+    <s v="Passage West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="107800"/>
+    <s v="Newcastle West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="108000"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="108100"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="108200"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1711"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="111200"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2279"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="117600"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51940"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="117700"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="117800"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="117900"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="118000"/>
+    <s v="Remainder of country"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14117"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="118100"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18249"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4067755"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="100100"/>
+    <s v="Dublin and Surburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="998173"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="378475"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181746"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84729"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65382"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46618"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="588710"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34202"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34195"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33097"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30920"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24091"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23101"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="101400"/>
+    <s v="Tralee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21420"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="101500"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20995"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19609"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="101700"/>
+    <s v="Naas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19257"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="101800"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17649"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="101900"/>
+    <s v="Droichead Nua"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18042"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="102000"/>
+    <s v="Mullingar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17697"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="102100"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17414"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="102200"/>
+    <s v="Letterkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16504"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16454"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="102400"/>
+    <s v="Celbridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16980"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="102500"/>
+    <s v="Clonmel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16361"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="102600"/>
+    <s v="Balbriggan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15229"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14421"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="102800"/>
+    <s v="Leixlip"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14279"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13538"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="103000"/>
+    <s v="Killarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11846"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="103100"/>
+    <s v="Greystones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14186"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12381"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="103300"/>
+    <s v="Carrigaline"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12462"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="103400"/>
+    <s v="Castlebar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11103"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="103500"/>
+    <s v="Arklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11360"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11001"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="103700"/>
+    <s v="Maynooth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9681"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="103800"/>
+    <s v="Ballina"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9871"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9878"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9798"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="104100"/>
+    <s v="Midleton"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9688"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="104200"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262711"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="104300"/>
+    <s v="Tramore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9252"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="104400"/>
+    <s v="Enniscorthy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9248"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="104500"/>
+    <s v="Skerries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9309"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="104600"/>
+    <s v="Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8942"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="104700"/>
+    <s v="Portmarnock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8691"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="104800"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8739"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="104900"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8526"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="105000"/>
+    <s v="Ashbourne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8333"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="105100"/>
+    <s v="Dungarvan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7962"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="105200"/>
+    <s v="Rush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8028"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="105300"/>
+    <s v="Athy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7973"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="105400"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7389"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="105500"/>
+    <s v="Nenagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7330"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="105600"/>
+    <s v="New Ross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7456"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="105700"/>
+    <s v="Thurles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7365"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="105800"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7356"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="105900"/>
+    <s v="Ratoath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7121"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="106000"/>
+    <s v="Gorey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6956"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="106100"/>
+    <s v="Tuam"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6720"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="106200"/>
+    <s v="Trim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6667"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6560"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="106400"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6378"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="106500"/>
+    <s v="Ballinasloe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5909"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="106600"/>
+    <s v="Portarlington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5857"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5714"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="106800"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5758"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="106900"/>
+    <s v="Edenderry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5792"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="107000"/>
+    <s v="Fermoy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5609"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="107100"/>
+    <s v="Bandon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5629"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="107200"/>
+    <s v="Dunboyne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5571"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="107300"/>
+    <s v="Donabate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5390"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="107400"/>
+    <s v="Westport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4438"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="107500"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5123"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="107600"/>
+    <s v="Lusk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5126"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="107700"/>
+    <s v="Passage West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5062"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="107800"/>
+    <s v="Newcastle West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4885"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4859"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="108000"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4926"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="108100"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4762"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="108200"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104791"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="111200"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122549"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="117600"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2455409"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="117700"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73757"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="117800"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115903"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="117900"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95770"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="118000"/>
+    <s v="Remainder of country"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1326916"/>
+  </r>
+  <r>
+    <s v="C0504"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="118100"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1612346"/>
+  </r>
+</pivotCacheRecords>
 </file>