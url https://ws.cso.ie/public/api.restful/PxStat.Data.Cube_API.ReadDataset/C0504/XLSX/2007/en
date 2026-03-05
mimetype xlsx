--- v1 (2026-01-19)
+++ v2 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e47481503804b6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95584cd3300d47d48427fd3c4b885cc9.psmdcp" Id="Rcc5ea663a82748d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d5e8b278d514f9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0e7580c0f3c34a85a8d3ffc4035fe463.psmdcp" Id="R8401df08d64e40bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>