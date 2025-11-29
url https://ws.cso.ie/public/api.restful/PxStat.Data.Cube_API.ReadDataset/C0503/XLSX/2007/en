--- v0 (2025-10-02)
+++ v1 (2025-11-29)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83dd551c378b4b9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/25878d0ce021491481ba46cfd0f4e2a2.psmdcp" Id="R766b632762c744b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd48e0f362653487c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b4a3967c3eb04a7ba24c802bf2c25954.psmdcp" Id="R2f5f93ec3e9b46ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0503</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0503/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P5</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 5 - Ethnic or Cultural Background including the Irish Traveller Community</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -496,379 +496,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02688V03255" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ethnic or Cultural Background" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Marital Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N901" totalsRowShown="0">
   <x:autoFilter ref="A1:N901"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02688V03255"/>
     <x:tableColumn id="8" name="Ethnic or Cultural Background"/>
     <x:tableColumn id="9" name="C02325V02801"/>
     <x:tableColumn id="10" name="Marital Status"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1143,51 +944,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0503/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1374,51 +1175,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N901"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="44.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="20.853482" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -41056,51 +40857,51 @@
       <x:c r="K901" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L901" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M901" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N901" s="0">
         <x:v>114326</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -41117,51 +40918,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N901" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0503"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="6">
         <x:s v="-"/>
         <x:s v="215"/>
         <x:s v="310"/>
         <x:s v="420"/>
         <x:s v="505"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="6">
         <x:s v="All ages"/>
@@ -41891,27 +41692,14428 @@
         <x:n v="410"/>
         <x:n v="2191"/>
         <x:n v="110"/>
         <x:n v="807"/>
         <x:n v="55"/>
         <x:n v="396"/>
         <x:n v="67"/>
         <x:n v="289"/>
         <x:n v="5357"/>
         <x:n v="1401"/>
         <x:n v="1602"/>
         <x:n v="123"/>
         <x:n v="2231"/>
         <x:n v="256669"/>
         <x:n v="37459"/>
         <x:n v="98818"/>
         <x:n v="6066"/>
         <x:n v="114326"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3645199"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1979936"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1353954"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135888"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175421"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22369"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14351"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6518"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289041"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156263"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108924"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18788"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5066"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40525"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23956"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14678"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3793"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2684"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16533"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11152"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4901"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35812"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18078"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16846"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46438"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28067"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15569"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72303"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48623"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16039"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2222"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5419"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4172013"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2283110"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1538349"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162801"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187753"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1804819"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1034115"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="675090"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58541"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37073"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10990"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7337"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3248"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156855"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85679"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60839"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9124"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19774"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11831"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7441"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2038"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8687"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6012"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2486"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18311"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9729"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8298"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24683"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15276"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8261"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39035"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27244"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8637"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2042"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2085192"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1198681"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774788"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70976"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40747"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1840380"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="945821"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="678864"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77347"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138348"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11379"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7014"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3270"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132186"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70584"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48085"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9664"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3853"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20751"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12125"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7237"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7846"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5140"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2415"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17501"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8349"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8548"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21755"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12791"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7308"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33268"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21379"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7402"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3377"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2086821"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1084429"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="763561"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91825"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147006"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="751771"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="751771"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9271"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9271"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35422"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35422"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16690"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16690"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7771"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7771"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12406"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12406"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23655"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23655"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="860496"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="860496"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="385761"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="385761"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4734"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4734"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18206"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18206"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8303"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8303"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3919"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3919"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6330"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6330"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12147"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12147"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="441010"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="441010"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366010"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366010"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4537"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4537"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17216"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17216"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8387"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8387"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3852"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3852"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6076"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6076"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11508"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11508"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419486"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419486"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="530750"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="526977"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3372"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4590"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3397"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52256"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47352"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4612"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4018"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3231"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5445"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5038"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5130"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4331"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7683"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6879"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8057"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7315"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="618465"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="604987"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12414"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="270048"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268824"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2224"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26247"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24488"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1651"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1777"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2867"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2731"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2786"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2579"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3933"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3666"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4572"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4178"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="314739"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="309940"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4394"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260702"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258153"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2294"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2366"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26009"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22864"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2961"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2241"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1737"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2578"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2307"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2344"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3750"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3213"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3485"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3137"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="303726"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295047"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8020"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1083146"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="512925"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="520158"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45980"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4083"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5660"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3541"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145915"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68279"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67119"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9974"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18209"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3835"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12794"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7689"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3916"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3518"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19749"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5681"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13551"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19630"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7984"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10407"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19060"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10725"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6428"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1320551"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="615432"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="638181"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60783"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6155"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="534701"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="274426"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="241844"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17255"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2629"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1751"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83061"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39980"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38038"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4882"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8632"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1930"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6310"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4174"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2316"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9925"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3104"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6652"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11035"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4818"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5677"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11648"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6980"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3598"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="666645"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="334674"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="305977"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23897"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2097"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="548445"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238499"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278314"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28725"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2907"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3031"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1790"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62854"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28299"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29081"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5092"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9577"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1905"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6484"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3515"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1762"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9824"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2577"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6899"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8595"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3166"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4730"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7412"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3745"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2830"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="653906"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="280758"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="332204"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36886"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4058"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="842218"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115761"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="613049"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78071"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35337"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2257"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44340"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4374"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30629"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7690"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1509"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1180"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2883"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2334"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5287"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3574"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12345"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4275"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5710"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="912301"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125929"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="659089"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88390"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38893"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="421260"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68143"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="308746"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35082"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9289"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23879"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2573"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17227"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3695"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1512"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2760"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6839"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2687"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3018"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="459267"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74250"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="334570"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40043"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10404"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420958"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47618"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="304303"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42989"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26048"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20461"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1801"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13402"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3995"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2527"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1667"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5506"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1588"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2692"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="453034"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51679"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="324519"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48347"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28489"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="437314"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72502"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217375"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11540"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135897"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11108"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6564"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2838"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1432"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9186"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2653"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3318"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2966"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="460200"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76266"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228665"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12839"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142430"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193049"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36961"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123422"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6099"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26567"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5462"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3923"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3829"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203531"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38807"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129847"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6773"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28104"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244265"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35541"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93953"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5441"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109330"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5646"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2641"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2191"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5357"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1602"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2231"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="256669"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37459"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98818"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6066"/>
+  </r>
+  <r>
+    <s v="C0503"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114326"/>
+  </r>
+</pivotCacheRecords>
 </file>